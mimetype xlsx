--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -14,74 +14,74 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Нічники оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>04:15</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Нічник плоский скляний хлопчик і дві ракети 8 см</t>
   </si>
   <si>
     <t>23-5229</t>
   </si>
@@ -91,255 +91,156 @@
   <si>
     <t>шт.</t>
   </si>
   <si>
     <t>129,48</t>
   </si>
   <si>
     <t>Нічник плоский скляний Багато планет 8 см</t>
   </si>
   <si>
     <t>23-5220</t>
   </si>
   <si>
     <t>1000000052206</t>
   </si>
   <si>
     <t>Нічник плоский скляний Кит 8 см</t>
   </si>
   <si>
     <t>23-5228</t>
   </si>
   <si>
     <t>1000000052282</t>
   </si>
   <si>
-    <t>Нічник плоский скляний Планети 8 см</t>
-[...7 lines deleted...]
-  <si>
     <t>Нічник плоский скляний хлопчик на ракеті 8 см</t>
   </si>
   <si>
     <t>23-5218</t>
   </si>
   <si>
     <t>1000000052183</t>
   </si>
   <si>
     <t>Нічник плоский скляний Хлопчик серед планет 8</t>
   </si>
   <si>
     <t>23-5222</t>
   </si>
   <si>
     <t>1000000052220</t>
   </si>
   <si>
     <t>Нічник плоский скляний Дельфін 8 см</t>
   </si>
   <si>
     <t>23-5223</t>
   </si>
   <si>
     <t>1000000052237</t>
   </si>
   <si>
     <t>Нічник плоский скляний Галактика 8 см</t>
   </si>
   <si>
     <t>23-5216</t>
   </si>
   <si>
     <t>1000000052169</t>
   </si>
   <si>
     <t>Нічник плоский скляний Космос з планетами 8 см</t>
   </si>
   <si>
     <t>23-5227</t>
   </si>
   <si>
     <t>1000000052275</t>
   </si>
   <si>
+    <t>Нічник плоский скляний Два Дельфіни 8 см</t>
+  </si>
+  <si>
+    <t>23-5224</t>
+  </si>
+  <si>
+    <t>1000000052244</t>
+  </si>
+  <si>
+    <t>Нічник скляна куля Капібари 8 см</t>
+  </si>
+  <si>
+    <t>23-5230</t>
+  </si>
+  <si>
+    <t>1000000052305</t>
+  </si>
+  <si>
+    <t>235,64</t>
+  </si>
+  <si>
+    <t>Куля Тесла 10 см</t>
+  </si>
+  <si>
+    <t>23-1641</t>
+  </si>
+  <si>
+    <t>1000000016413</t>
+  </si>
+  <si>
+    <t>405,26</t>
+  </si>
+  <si>
+    <t>Нічник скляна куля Вухань 8 см</t>
+  </si>
+  <si>
+    <t>23-1800</t>
+  </si>
+  <si>
+    <t>1000000018004</t>
+  </si>
+  <si>
+    <t>155,78</t>
+  </si>
+  <si>
+    <t>Нічник скляна куля Аніме 8 см</t>
+  </si>
+  <si>
+    <t>23-1801</t>
+  </si>
+  <si>
+    <t>1000000018011</t>
+  </si>
+  <si>
     <t>Нічник плоский скляний Сатурн 8 см</t>
   </si>
   <si>
     <t>23-5217</t>
   </si>
   <si>
     <t>1000000052176</t>
-  </si>
-[...142 lines deleted...]
-    <t>1000000018011</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF1315F0"/>
       <name val="Calibri"/>
@@ -405,51 +306,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a8eafe806f457ff88e313ddc7894051.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0c7028afc36f4c14d1dc9669adc3a4d2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125c223c15f26ea6c62bfb17c36960d03.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/993e584956c71e9be0274457ce13d3ea4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07912df0e69e9669c11e9a65f7eca4d35.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb07711c70c38f473a59d54507075626.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcdc15c0a5227ebe96a8e7597972d267.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a82f453a6a7c6c00daa289939cdb4578.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27eb132fca5bf47cabd192898af7455e9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f1a69c1177f62316d9371d168d009f110.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44eb7504035e76645df61ee7daa63cc611.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bc7a6b7b62252dc2878e440efc3825e12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df90401f5a5abd265d86b917bbf2930f13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b77c1f2e9e1bee87f857e8eea904286014.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2e13714b94e94cbb6f87ea40845227115.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f228d25babd7fef218f458cfebbe33716.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89335cf3de18b2d2ac545460d49f688c17.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8b222955d49d2dd8055d3b1edb1330718.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cb1485743ce11347837b9119a6bce9419.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98f803b85c1101a0ace47f1fa8ddb60c20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c00bd4825d73b83bea34596120830cdd21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ca2fd336c044d2a4f15c652b0750db222.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f86693c8937f7043546eb07c8c35354123.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbcf28332ce06465a0c0cf6b820fcaa024.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87381ed23080e20fd8410aaee2f85c291.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42735eb5826cc1448971c2881ff48fa02.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5952920ab782a2f682a326074ee3135b3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dca53b8aed8b6ffd0092aad103591ae24.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfe6629807fb9f9c9a11194cd4d80e575.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e382208a49311d0da5b5cfd6915ad956.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083e6db49fb59859d278a92e8d3369627.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d576337bc1fd936a57e239de8111fa58.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91e87db0ad3512a3cb67e0b17a3f60f9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253f6129fc818e78faca16bbe2b529b510.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8088197cb21398219ef93b76046035c011.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a5ef1bf292195b87ba981c596fdf69812.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48c992c26703bb4fe2244bc30b0a3ab913.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1bdad92ec6d5c1efd4c2db6974d91cd14.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -830,350 +731,50 @@
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...298 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1427,51 +1028,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/9/nichniki-optom/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K30"/>
+  <dimension ref="A1:K20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="28" customWidth="true" style="4"/>
     <col min="1" max="1" width="19" customWidth="true" style="0"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -1722,303 +1323,123 @@
       <c r="D15" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F15" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:11" customHeight="1" ht="71">
       <c r="A16"/>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
       <c r="D16" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:11" customHeight="1" ht="71">
       <c r="A17"/>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="71">
       <c r="A18"/>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F18" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="71">
       <c r="A19"/>
       <c r="B19" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:11" customHeight="1" ht="71">
       <c r="A20"/>
       <c r="B20" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
-        <v>58</v>
-[...179 lines deleted...]
-        <v>62</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 