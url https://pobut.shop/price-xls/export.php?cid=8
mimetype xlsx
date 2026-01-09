--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -14,178 +14,145 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Сяючі силіконові іграшки</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>04:14</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Світлові силіконові їжачки Слимаки 14 см</t>
   </si>
   <si>
     <t>23-5157</t>
   </si>
   <si>
     <t>1000000051575</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 12 шт..</t>
   </si>
   <si>
     <t>404,80</t>
   </si>
   <si>
-    <t>Їжачок M&amp;M, що світиться 7,5 см</t>
-[...22 lines deleted...]
-  <si>
     <t>Їжачок, що світиться Футбол 7 см</t>
   </si>
   <si>
     <t>23-4414</t>
   </si>
   <si>
     <t>1000000044140</t>
   </si>
   <si>
     <t>463,68</t>
   </si>
   <si>
     <t>Їжачок, що світиться Носик 6,5 см</t>
   </si>
   <si>
     <t>23-4419</t>
   </si>
   <si>
     <t>1000000044195</t>
   </si>
   <si>
     <t>341,95</t>
   </si>
   <si>
     <t>Сяючий їжачок Ушастик 18 см</t>
   </si>
   <si>
     <t>23-1995</t>
   </si>
   <si>
     <t>1000000019957</t>
   </si>
   <si>
     <t>499,10</t>
   </si>
   <si>
-    <t>Сяючий їжачок Пушистик 7,5 см</t>
-[...7 lines deleted...]
-  <si>
     <t>Їжачок, що світиться Каракатиця 18 см</t>
   </si>
   <si>
     <t>23-4418</t>
   </si>
   <si>
     <t>1000000044188</t>
   </si>
   <si>
     <t>405,95</t>
   </si>
   <si>
     <t>Їжачок, що світиться Ведмедик-восьминіг 8 см</t>
   </si>
   <si>
     <t>23-4413</t>
   </si>
   <si>
     <t>1000000044133</t>
   </si>
   <si>
     <t>353,62</t>
   </si>
   <si>
     <t>Сяючий їжачок  Аніме 7 см</t>
@@ -229,59 +196,50 @@
   <si>
     <t>Їжачок, що світиться Курчата 11,5 см</t>
   </si>
   <si>
     <t>23-1987</t>
   </si>
   <si>
     <t>1000000019872</t>
   </si>
   <si>
     <t>382,95</t>
   </si>
   <si>
     <t>Їжачок, що світиться Серце 10 см</t>
   </si>
   <si>
     <t>23-1989</t>
   </si>
   <si>
     <t>1000000019896</t>
   </si>
   <si>
     <t>370,94</t>
   </si>
   <si>
-    <t>Їжачки, що світяться Черепахи 12 см</t>
-[...7 lines deleted...]
-  <si>
     <t>Їжачок Монстрік, що світиться 9,5 см</t>
   </si>
   <si>
     <t>23-1983</t>
   </si>
   <si>
     <t>1000000019834</t>
   </si>
   <si>
     <t>394,68</t>
   </si>
   <si>
     <t>Силіконові міньйони їжачки 10 см, що світяться</t>
   </si>
   <si>
     <t>23-91</t>
   </si>
   <si>
     <t>1000000000917</t>
   </si>
   <si>
     <t>316,02</t>
   </si>
   <si>
     <t>Силіконові світяться Ведмедики їжачки</t>
@@ -388,162 +346,147 @@
   <si>
     <t>393,44</t>
   </si>
   <si>
     <t>Сяючі силіконові їжачки Собачки 9 см</t>
   </si>
   <si>
     <t>23-1798</t>
   </si>
   <si>
     <t>1000000017984</t>
   </si>
   <si>
     <t>Сяючий їжачок Гусениця 20 см</t>
   </si>
   <si>
     <t>23-1953</t>
   </si>
   <si>
     <t>1000000019537</t>
   </si>
   <si>
     <t>417,17</t>
   </si>
   <si>
-    <t>Сяючий їжачок М'ячик 7 см</t>
-[...7 lines deleted...]
-  <si>
     <t>Сяючий їжачок Собачка 12 см</t>
   </si>
   <si>
     <t>23-1509</t>
   </si>
   <si>
     <t>1000000019858</t>
   </si>
   <si>
     <t>452,92</t>
   </si>
   <si>
     <t>Сяючий їжачок Курка 12 см</t>
   </si>
   <si>
     <t>23-1511</t>
   </si>
   <si>
     <t>1000000015119</t>
   </si>
   <si>
     <t>417,45</t>
   </si>
   <si>
-    <t>Сяючі Коти їжачки 8 см</t>
-[...7 lines deleted...]
-  <si>
     <t>Сяючий їжачок  9 см</t>
   </si>
   <si>
     <t>23-376</t>
   </si>
   <si>
     <t>1000000003765</t>
   </si>
   <si>
     <t>322,92</t>
   </si>
   <si>
     <t>Сяючий Їжачок силікон 8 см</t>
   </si>
   <si>
     <t>23-612</t>
   </si>
   <si>
     <t>1000000006124</t>
   </si>
   <si>
+    <t>Сяючі Пікачу Їжачки 10 см</t>
+  </si>
+  <si>
+    <t>23-375</t>
+  </si>
+  <si>
+    <t>1000000003758</t>
+  </si>
+  <si>
     <t>Сяючі Божі Корівки їжачки 10 см</t>
   </si>
   <si>
     <t>23-230</t>
   </si>
   <si>
     <t>1000000002300</t>
   </si>
   <si>
     <t>382,40</t>
   </si>
   <si>
-    <t>Сяючі силіконові їжачки Коали 10 см</t>
-[...7 lines deleted...]
-  <si>
     <t>Сяючий їжачок Аніме 7 см</t>
   </si>
   <si>
     <t>23-1512</t>
   </si>
   <si>
     <t>496,52</t>
   </si>
   <si>
+    <t>Сяючі браслети Хагі Вагі 24 шт</t>
+  </si>
+  <si>
+    <t>23-371</t>
+  </si>
+  <si>
+    <t>1000000003710</t>
+  </si>
+  <si>
+    <t>731,40</t>
+  </si>
+  <si>
     <t>Сяючі Мішки їжачки 9 см</t>
   </si>
   <si>
     <t>23-369</t>
   </si>
   <si>
     <t>1000000003697</t>
   </si>
   <si>
     <t>375,64</t>
-  </si>
-[...7 lines deleted...]
-    <t>1000000003758</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF1315F0"/>
       <name val="Calibri"/>
@@ -609,51 +552,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe67235198dc7f75b620cfcccd8a8e7b1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b9f55673394549ceee69ba31324fb3f2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f9daa0c6c5cb99e7633a0f9017cdcda3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71b1573ef7aba69abf651c40ec858f204.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd04d356267ba644586687d74f11e9885.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/631351df45e376b30671e7bfc6429f806.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63d3c87f6fa123d61c0225394f58baf17.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d46e911c22088e210db9b72c24de77d8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2c84096a9a3cc2ad41cccceef3e2df49.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66523de95a1aa478eca59c76c125351a10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61d7e4e05d6541fb66a1f89f35be388511.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd2eef2c90c9fe052d1af3a9b3dc4e5c12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d76cc4fe205540566fca90ef242388cb13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/940e7d73ea20b32b9c47747ac3f8c48214.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e990e2011b11794cdeb5724246d3e4515.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/878de78eecb9054e680260bc13c0acfb16.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81655c233fda136606fbf814778ebbb117.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b9f6ccdab3692188c50497298448c018.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83caaaab220f0bd2ab81571f4c3c6f3e19.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4701b9c53b18ebaad72d7a3fca2d4e1520.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b3b2b28e6840f8e927f37ffb8c97b9e21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d482a93a66cf7540d2c992b4fca05ad22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fab69c9d5cb25bce7f6e6d23b421762423.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5633ada43b24c4cdf44892f28c447f0a24.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798dc7ab2dfea837c485f6f60ac62ef825.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/940c44f59d852dbbe52891f3777fda1226.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e779db62a65f43f26bf00c1ea89f75b27.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08233bfcf72813c87128b5a787263d5b28.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a10bab6c8e02ca0aa48ad534ec80a729.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/401bf475301a5fc5ece93b541f70d8f730.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3618f06eac87098b7de27596618622631.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fc90416a8f2667aed0add8ad4d73b0d32.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9fb14cfed3bf3ef7945f8ffb6b3fffa33.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cec66f72d9035b18e9e819306de5cf7e34.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d1ccc2dc9f699eef98429254992aaa635.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e993ac20704ac16b234b5b9ac96f43c336.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18bd26add7df1a1eb0a90c82fa000a0837.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e94e6a4d45ba15b45c27646c6885e8538.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c6f4370640e1cc3a4b0e5218cfae65539.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f9f767f9fec2cbc8eef74804c2d23391.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b42a4297909c1522d4b54f66bce69c62.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cebb86e6a1eddf3c1a01dfaf33764ef03.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f810fd3d7a41cde2652e89c067698ae34.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258a41d0e90754aed4bfcb5eec8aa3725.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b3596da6ce5c000198c499a338c6b86.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e587e39e68f12c395299a1917859e4d47.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a82cd4c3a7de7f86be2307e7f93a8638.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44111b98c953590374060f3f61357e519.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59f5fe0a7520219fa001aa4eb31f3c0d10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50460832432bf4063e9e846ce9497e8a11.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd95ce70d0446a5c5faec57a9e2fbd3c12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af8455bc71fc8c012852507ebe9c504713.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b1343676a638ba693f7f795c0c4ffe14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/772c0c90f6d8c8d3271c26fe0be7f13b15.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c49109348e4b6f8368d4e40bf711ef1216.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399d1c72426e42aabe3db6fdadc604ef17.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7608c19b9869240a5bbc936c1a8009a918.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c4ae9b2a8e57c0ad0f1581d614700c19.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ee1f0ad32a439391f2b9a90d4f359420.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdd4a9cd1d8adde442877f2f89615a5b21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/739983b3001c23c9e7fd9f3b93266d2822.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddd1399af4966c33faf6bbca7ab709c523.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32bfc0343aaf36be330af1083a31351524.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a409513fb34d0f908f8a44c3fa856dcd25.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/614018a957bc51c3f5fbade0a053b2d026.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0874bc3c912663f528a44f872b24f9d727.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6552889f3c3589f66d00b299e2da148128.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59f73ee419f810bdd110c83d0d38c05229.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aadb84f236f71faa9745e0facc99c3530.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e668ece22d96a4c8137f560e300d29831.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e778ddc936490d8ba6929b5852f825ca32.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527520c80f8ba71fb3bd48210dc3f44033.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1591,230 +1534,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
-        <a:stretch>
-[...178 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2081,51 +1844,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/8/syayuchi-silikonovi-igrashki/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K45"/>
+  <dimension ref="A1:K39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="28" customWidth="true" style="4"/>
     <col min="1" max="1" width="19" customWidth="true" style="0"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -2319,630 +2082,522 @@
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:11" customHeight="1" ht="71">
       <c r="A13"/>
       <c r="B13" t="s">
         <v>39</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F13" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:11" customHeight="1" ht="71">
       <c r="A14"/>
       <c r="B14" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C14" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D14" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F14" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:11" customHeight="1" ht="71">
       <c r="A15"/>
       <c r="B15" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C15" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D15" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:11" customHeight="1" ht="71">
       <c r="A16"/>
       <c r="B16" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C16" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D16" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="F16" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:11" customHeight="1" ht="71">
       <c r="A17"/>
       <c r="B17" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C17" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D17" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="71">
       <c r="A18"/>
       <c r="B18" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C18" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="71">
       <c r="A19"/>
       <c r="B19" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C19" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D19" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:11" customHeight="1" ht="71">
       <c r="A20"/>
       <c r="B20" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C20" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D20" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="71">
       <c r="A21"/>
       <c r="B21" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C21" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D21" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="71">
       <c r="A22"/>
       <c r="B22" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C22" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D22" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="71">
       <c r="A23"/>
       <c r="B23" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C23" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D23" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="71">
       <c r="A24"/>
       <c r="B24" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C24" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D24" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="71">
       <c r="A25"/>
       <c r="B25" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C25" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D25" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="71">
       <c r="A26"/>
       <c r="B26" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C26" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D26" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="71">
       <c r="A27"/>
       <c r="B27" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C27" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D27" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F27" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
     </row>
     <row r="28" spans="1:11" customHeight="1" ht="71">
       <c r="A28"/>
       <c r="B28" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C28" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D28" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F28" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="29" spans="1:11" customHeight="1" ht="71">
       <c r="A29"/>
       <c r="B29" t="s">
+        <v>103</v>
+      </c>
+      <c r="C29" t="s">
+        <v>104</v>
+      </c>
+      <c r="D29" t="s">
+        <v>105</v>
+      </c>
+      <c r="E29" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F29" t="s">
         <v>102</v>
-      </c>
-[...10 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="71">
       <c r="A30"/>
       <c r="B30" t="s">
         <v>106</v>
       </c>
       <c r="C30" t="s">
         <v>107</v>
       </c>
       <c r="D30" t="s">
         <v>108</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F30" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="31" spans="1:11" customHeight="1" ht="71">
       <c r="A31"/>
       <c r="B31" t="s">
         <v>110</v>
       </c>
       <c r="C31" t="s">
         <v>111</v>
       </c>
       <c r="D31" t="s">
         <v>112</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F31" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
     </row>
     <row r="32" spans="1:11" customHeight="1" ht="71">
       <c r="A32"/>
       <c r="B32" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C32" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D32" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F32" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="33" spans="1:11" customHeight="1" ht="71">
       <c r="A33"/>
       <c r="B33" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C33" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D33" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F33" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:11" customHeight="1" ht="71">
       <c r="A34"/>
       <c r="B34" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C34" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D34" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F34" t="s">
-        <v>123</v>
+        <v>95</v>
       </c>
     </row>
     <row r="35" spans="1:11" customHeight="1" ht="71">
       <c r="A35"/>
       <c r="B35" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C35" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D35" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F35" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
     </row>
     <row r="36" spans="1:11" customHeight="1" ht="71">
       <c r="A36"/>
       <c r="B36" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C36" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D36" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F36" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="37" spans="1:11" customHeight="1" ht="71">
       <c r="A37"/>
       <c r="B37" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C37" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D37" t="s">
-        <v>133</v>
+        <v>41</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F37" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="38" spans="1:11" customHeight="1" ht="71">
       <c r="A38"/>
       <c r="B38" t="s">
         <v>135</v>
       </c>
       <c r="C38" t="s">
         <v>136</v>
       </c>
       <c r="D38" t="s">
         <v>137</v>
       </c>
       <c r="E38" s="4" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F38" t="s">
-        <v>109</v>
+        <v>138</v>
       </c>
     </row>
     <row r="39" spans="1:11" customHeight="1" ht="71">
       <c r="A39"/>
       <c r="B39" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C39" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D39" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F39" t="s">
-        <v>141</v>
-[...4 lines deleted...]
-      <c r="B40" t="s">
         <v>142</v>
-      </c>
-[...100 lines deleted...]
-        <v>141</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 