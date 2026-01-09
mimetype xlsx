--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -14,136 +14,109 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="442">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="320">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Мʼякі іграшки оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>04:14</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
-    <t>М'яка іграшка Видра 20 см</t>
-[...5 lines deleted...]
-    <t>1000000052572</t>
+    <t>М'які іграшки Зайці 17 см</t>
+  </si>
+  <si>
+    <t>23-5254</t>
+  </si>
+  <si>
+    <t>1000000052541</t>
   </si>
   <si>
     <t>шт.</t>
   </si>
   <si>
     <t>85,82</t>
   </si>
   <si>
-    <t>М'яка іграшка  Лабу 25 см</t>
-[...25 lines deleted...]
-  <si>
     <t>М'які іграшки на руку Чудики 9 см</t>
   </si>
   <si>
     <t>23-5295</t>
   </si>
   <si>
     <t>1000000052954</t>
   </si>
   <si>
     <t>106,17</t>
   </si>
   <si>
     <t>М'які іграшки Дельфін із м'ячиком 30 см</t>
   </si>
   <si>
     <t>23-5261</t>
   </si>
   <si>
     <t>1000000052619</t>
   </si>
   <si>
     <t>М'які іграшки Пінгвіни 18 см</t>
   </si>
   <si>
     <t>23-5255</t>
@@ -172,188 +145,101 @@
   <si>
     <t>186,03</t>
   </si>
   <si>
     <t>М'які іграшки Курча 23 см</t>
   </si>
   <si>
     <t>23-5250</t>
   </si>
   <si>
     <t>1000000052503</t>
   </si>
   <si>
     <t>134,44</t>
   </si>
   <si>
     <t>М'які іграшки Косатки 26 см</t>
   </si>
   <si>
     <t>23-5265</t>
   </si>
   <si>
     <t>1000000052657</t>
   </si>
   <si>
-    <t>М'які іграшки Зайці кучеряві 30 см</t>
-[...7 lines deleted...]
-  <si>
     <t>М'яка іграшка-брелок Блискавка з морозивом 13 см</t>
   </si>
   <si>
     <t>23-5323</t>
   </si>
   <si>
     <t>1000000053234</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 6 шт..</t>
   </si>
   <si>
     <t>626,98</t>
   </si>
   <si>
-    <t>М'які іграшки Капібари в шарфиках 16 см</t>
-[...40 lines deleted...]
-  <si>
     <t>М'які іграшки Конячки з сідлом 20 см</t>
   </si>
   <si>
     <t>23-5247</t>
   </si>
   <si>
     <t>1000000052473</t>
   </si>
   <si>
     <t>М'які іграшки Жеребці 25 см</t>
   </si>
   <si>
     <t>23-5246</t>
   </si>
   <si>
     <t>1000000052466</t>
   </si>
   <si>
     <t>150,82</t>
   </si>
   <si>
-    <t>М'які іграшки Конячки з присоскою 17 см</t>
-[...22 lines deleted...]
-  <si>
     <t>М'яка іграшка-брелок Конячки в жилеті 10 см</t>
   </si>
   <si>
     <t>23-5243</t>
   </si>
   <si>
     <t>1000000052435</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 12 шт..</t>
   </si>
   <si>
     <t>636,98</t>
   </si>
   <si>
-    <t>М'які іграшки Вухань з квіткою 25 см</t>
-[...10 lines deleted...]
-  <si>
     <t>М'яка іграшка із пледом «Монстрик» (40 см) Синя</t>
   </si>
   <si>
     <t>25-150m</t>
   </si>
   <si>
     <t>559,00</t>
   </si>
   <si>
     <t>М'яка плюшева іграшка Вухань, 100 см</t>
   </si>
   <si>
     <t>25-1092-3</t>
   </si>
   <si>
     <t>1677,00</t>
   </si>
   <si>
     <t>М'яка іграшка ведмежав одязі  50 см в асортименті</t>
   </si>
   <si>
     <t>24-7-59</t>
   </si>
   <si>
     <t>531,05</t>
@@ -415,116 +301,86 @@
   <si>
     <t>М'яка іграшка на руку Аніме 18 см</t>
   </si>
   <si>
     <t>23-2168</t>
   </si>
   <si>
     <t>1000000021684</t>
   </si>
   <si>
     <t>126,10</t>
   </si>
   <si>
     <t>Підголовник із ефектом пам'яті Міккі синій 28 см</t>
   </si>
   <si>
     <t>23-2131</t>
   </si>
   <si>
     <t>000000021318</t>
   </si>
   <si>
     <t>199,01</t>
   </si>
   <si>
-    <t>Підголівник з ефектом пам'яті Вінні 28 см</t>
-[...4 lines deleted...]
-  <si>
     <t>Підголівник з ефектом пам'яті Аніме 28 см</t>
   </si>
   <si>
     <t>23-2130</t>
   </si>
   <si>
     <t>1000000021301</t>
   </si>
   <si>
     <t>207,69</t>
   </si>
   <si>
-    <t>Підголівник на шию з ефектом пам'яті Кіт рожевий 26 см</t>
-[...10 lines deleted...]
-  <si>
     <t>М'яка іграшка Людина-Павук 30 см</t>
   </si>
   <si>
     <t>23-1580</t>
   </si>
   <si>
     <t>1000000015805</t>
   </si>
   <si>
     <t>127,07</t>
   </si>
   <si>
     <t>М'яка іграшка-брелок Крихітки 15 см</t>
   </si>
   <si>
     <t>23-1830</t>
   </si>
   <si>
     <t>1000000018301</t>
   </si>
   <si>
     <t>579,60</t>
   </si>
   <si>
-    <t>М'яка іграшка-брелок Мультик 10 см</t>
-[...10 lines deleted...]
-  <si>
     <t>М'яка іграшка Кішка 25 см</t>
   </si>
   <si>
     <t>23-2147</t>
   </si>
   <si>
     <t>1000000021479</t>
   </si>
   <si>
     <t>172,50</t>
   </si>
   <si>
     <t>М'яка іграшка Аніме 25 см</t>
   </si>
   <si>
     <t>23-2148</t>
   </si>
   <si>
     <t>1000000021486</t>
   </si>
   <si>
     <t>Подушка на шию Звірята 29 см</t>
   </si>
   <si>
     <t>23-4435</t>
@@ -604,155 +460,110 @@
   <si>
     <t>М'яка іграшка-брелок перекрут Панда 14 см</t>
   </si>
   <si>
     <t>23-4278</t>
   </si>
   <si>
     <t>1000000042788</t>
   </si>
   <si>
     <t>600,30</t>
   </si>
   <si>
     <t>М'яка іграшка-брелок Авокадо 13 см</t>
   </si>
   <si>
     <t>23-4283</t>
   </si>
   <si>
     <t>1000000042832</t>
   </si>
   <si>
     <t>394,45</t>
   </si>
   <si>
-    <t>М'яка іграшка-брелок Лемури 20 см</t>
-[...10 lines deleted...]
-  <si>
     <t>М'яка іграшка-брелок Кіт 12 см</t>
   </si>
   <si>
     <t>23-4289</t>
   </si>
   <si>
     <t>1000000042894</t>
   </si>
   <si>
     <t>487,60</t>
   </si>
   <si>
     <t>Мишки милашки м'яка іграшка 20 см</t>
   </si>
   <si>
     <t>23-4275</t>
   </si>
   <si>
     <t>1000000042757</t>
   </si>
   <si>
     <t>190,90</t>
   </si>
   <si>
-    <t>Ведмедики Love м'яка іграшка 20 см</t>
-[...22 lines deleted...]
-  <si>
     <t>М'яка іграшка Кішечка Кіті 25 см</t>
   </si>
   <si>
     <t>23-2141</t>
   </si>
   <si>
     <t>1000000021417</t>
   </si>
   <si>
     <t>150,65</t>
   </si>
   <si>
     <t>М'яка іграшка  Аніме 25 см</t>
   </si>
   <si>
     <t>23-2142</t>
   </si>
   <si>
     <t>1000000021424</t>
   </si>
   <si>
     <t>166,75</t>
   </si>
   <si>
-    <t>Кішечки Кітті м'які іграшки 24 см</t>
-[...5 lines deleted...]
-    <t>1000000042931</t>
+    <t>М'яка іграшка подушка Лапка 30 см</t>
+  </si>
+  <si>
+    <t>3-4312</t>
+  </si>
+  <si>
+    <t>1000000043121</t>
   </si>
   <si>
     <t>129,95</t>
   </si>
   <si>
-    <t>М'яка іграшка подушка Лапка 30 см</t>
-[...7 lines deleted...]
-  <si>
     <t>М'яка іграшка сумка Лапка 25 см</t>
   </si>
   <si>
     <t>23-4386</t>
   </si>
   <si>
     <t>1000000043860</t>
   </si>
   <si>
     <t>147,20</t>
   </si>
   <si>
     <t>М'яка іграшка кіт Басик 25 см</t>
   </si>
   <si>
     <t>23-4277</t>
   </si>
   <si>
     <t>1000000042771</t>
   </si>
   <si>
     <t>265,65</t>
   </si>
   <si>
     <t>М'яка іграшка М'яч 20 см</t>
@@ -799,579 +610,402 @@
   <si>
     <t>М'яка іграшка-брелок  Аніме 13 см</t>
   </si>
   <si>
     <t>23-4286</t>
   </si>
   <si>
     <t>1000000042863</t>
   </si>
   <si>
     <t>466,90</t>
   </si>
   <si>
     <t>М'яка іграшка-брелок  Блискавка 15 см</t>
   </si>
   <si>
     <t>23-4288</t>
   </si>
   <si>
     <t>1000000042887</t>
   </si>
   <si>
     <t>423,20</t>
   </si>
   <si>
-    <t>М'які іграшки Восьминіг 26 см</t>
-[...20 lines deleted...]
-    <t>910,80</t>
+    <t>Пупс музичний English Baby 45 см</t>
+  </si>
+  <si>
+    <t>1838</t>
+  </si>
+  <si>
+    <t>1000000018387</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 1 шт..</t>
+  </si>
+  <si>
+    <t>201,02</t>
+  </si>
+  <si>
+    <t>М'яка іграшка Мері 20 см</t>
+  </si>
+  <si>
+    <t>23-891</t>
+  </si>
+  <si>
+    <t>1000000008913</t>
+  </si>
+  <si>
+    <t>175,60</t>
+  </si>
+  <si>
+    <t>М'яка іграшка-брелок Герої 19 см</t>
+  </si>
+  <si>
+    <t>23-887</t>
+  </si>
+  <si>
+    <t>1000000008876</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 7 шт..</t>
+  </si>
+  <si>
+    <t>679,82</t>
+  </si>
+  <si>
+    <t>М'яка іграшка малюк Залізна Людина 30 см</t>
+  </si>
+  <si>
+    <t>23-392</t>
+  </si>
+  <si>
+    <t>1007617505651</t>
+  </si>
+  <si>
+    <t>172,27</t>
+  </si>
+  <si>
+    <t>М'яка іграшка малюк Чорна Пантера 30 см</t>
+  </si>
+  <si>
+    <t>1001170052966</t>
+  </si>
+  <si>
+    <t>М'яка іграшка Залізна Людина 40 см</t>
+  </si>
+  <si>
+    <t>23-241</t>
+  </si>
+  <si>
+    <t>0002416</t>
+  </si>
+  <si>
+    <t>154,79</t>
+  </si>
+  <si>
+    <t>М'які іграшки із Геншин Імпакт 23 см</t>
+  </si>
+  <si>
+    <t>23-242</t>
+  </si>
+  <si>
+    <t>1000000002423</t>
+  </si>
+  <si>
+    <t>190,55</t>
+  </si>
+  <si>
+    <t>М'які іграшки Райдужні друзі 14 видів</t>
+  </si>
+  <si>
+    <t>F82</t>
+  </si>
+  <si>
+    <t>1003585550211</t>
+  </si>
+  <si>
+    <t>128,57</t>
+  </si>
+  <si>
+    <t>М'які іграшки Райдужні друзі мікс видів 1</t>
+  </si>
+  <si>
+    <t>F50</t>
+  </si>
+  <si>
+    <t>1008098299053</t>
+  </si>
+  <si>
+    <t>128,34</t>
+  </si>
+  <si>
+    <t>М'яка іграшка Подушка обіймашка Аніме 55 см</t>
+  </si>
+  <si>
+    <t>23-1401</t>
+  </si>
+  <si>
+    <t>1000000016956</t>
+  </si>
+  <si>
+    <t>290,83</t>
+  </si>
+  <si>
+    <t>М'яка іграшка Подушка з Пледом Зайчик 70 см</t>
+  </si>
+  <si>
+    <t>23-628</t>
+  </si>
+  <si>
+    <t>000000006285</t>
+  </si>
+  <si>
+    <t>660,79</t>
+  </si>
+  <si>
+    <t>М'яка іграшка Подушка обіймашка Cinnamoroll 55 см</t>
+  </si>
+  <si>
+    <t>000000014013</t>
+  </si>
+  <si>
+    <t>М'яка іграшка Кішечка Кіті 35 см</t>
+  </si>
+  <si>
+    <t>23-1405</t>
+  </si>
+  <si>
+    <t>1000000014051</t>
+  </si>
+  <si>
+    <t>384,56</t>
+  </si>
+  <si>
+    <t>М'яка іграшка  Аніме 35 см</t>
+  </si>
+  <si>
+    <t>23-1776</t>
+  </si>
+  <si>
+    <t>1000000017762</t>
+  </si>
+  <si>
+    <t>384,79</t>
+  </si>
+  <si>
+    <t>М'які іграшки Пара Ведмедиків Теді 16 см</t>
+  </si>
+  <si>
+    <t>23-1629</t>
+  </si>
+  <si>
+    <t>1000000016291</t>
+  </si>
+  <si>
+    <t>372,60</t>
+  </si>
+  <si>
+    <t>М'яка іграшка Щасливі Ведмедики 30 см</t>
+  </si>
+  <si>
+    <t>23-1628</t>
+  </si>
+  <si>
+    <t>1000000016284</t>
+  </si>
+  <si>
+    <t>240,12</t>
+  </si>
+  <si>
+    <t>Головоломка 2 м'яка іграшка 28 см</t>
+  </si>
+  <si>
+    <t>23-1597</t>
+  </si>
+  <si>
+    <t>1000000015973</t>
+  </si>
+  <si>
+    <t>186,87</t>
+  </si>
+  <si>
+    <t>М'яка іграшка Улибаки 30 см</t>
+  </si>
+  <si>
+    <t>23-1593</t>
+  </si>
+  <si>
+    <t>1000000015935</t>
+  </si>
+  <si>
+    <t>183,87</t>
+  </si>
+  <si>
+    <t>М'яка іграшка-брелок Собачки 12 см</t>
+  </si>
+  <si>
+    <t>23-1622</t>
+  </si>
+  <si>
+    <t>1000000016222</t>
+  </si>
+  <si>
+    <t>595,47</t>
+  </si>
+  <si>
+    <t>Подушка Лапка 3 кольори 50*35 см</t>
+  </si>
+  <si>
+    <t>23-1791</t>
+  </si>
+  <si>
+    <t>1000000017915</t>
+  </si>
+  <si>
+    <t>389,04</t>
+  </si>
+  <si>
+    <t>М'які іграшки обіймашки Коти 50 см</t>
+  </si>
+  <si>
+    <t>22-1699</t>
+  </si>
+  <si>
+    <t>1000000016994</t>
+  </si>
+  <si>
+    <t>251,62</t>
+  </si>
+  <si>
+    <t>М'які іграшки Зайчики милашки 30 см</t>
+  </si>
+  <si>
+    <t>22-1788</t>
+  </si>
+  <si>
+    <t>1000000017885</t>
+  </si>
+  <si>
+    <t>283,59</t>
+  </si>
+  <si>
+    <t>М'які іграшки Ведмедики милашки 24 см</t>
+  </si>
+  <si>
+    <t>22-1785</t>
+  </si>
+  <si>
+    <t>1000000017854</t>
+  </si>
+  <si>
+    <t>275,77</t>
+  </si>
+  <si>
+    <t>М'яка іграшка Аніме  35 см</t>
+  </si>
+  <si>
+    <t>22-1777</t>
+  </si>
+  <si>
+    <t>1000000017779</t>
+  </si>
+  <si>
+    <t>446,43</t>
+  </si>
+  <si>
+    <t>М'яка іграшка-брелок Супер Герої 19 см</t>
+  </si>
+  <si>
+    <t>718,06</t>
+  </si>
+  <si>
+    <t>Глазастики Собачки м'які іграшки цуценята 20 см</t>
+  </si>
+  <si>
+    <t>23-348</t>
+  </si>
+  <si>
+    <t>1000000003482</t>
+  </si>
+  <si>
+    <t>1000,50</t>
+  </si>
+  <si>
+    <t>М'яка іграшка малюк Чорна Пантера 22 см</t>
+  </si>
+  <si>
+    <t>140,30</t>
+  </si>
+  <si>
+    <t>М'яка іграшка Блискавка 25 см</t>
+  </si>
+  <si>
+    <t>23-305</t>
+  </si>
+  <si>
+    <t>1000000003055</t>
+  </si>
+  <si>
+    <t>136,70</t>
+  </si>
+  <si>
+    <t>М'які іграшки Коти товстуни 20 см</t>
+  </si>
+  <si>
+    <t>23-4388</t>
+  </si>
+  <si>
+    <t>1000000043884</t>
   </si>
   <si>
     <t>Пупс музичний English Baby 38 см</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>1000000018356</t>
   </si>
   <si>
-    <t>Продається упаковками. В упаковці: 1 шт..</t>
-[...1 lines deleted...]
-  <si>
     <t>154,27</t>
   </si>
   <si>
-    <t>Пупс музичний English Baby 45 см</t>
-[...440 lines deleted...]
-    <t>173,63</t>
+    <t>М'яка іграшка Подушка обіймашка Melody 55 см</t>
+  </si>
+  <si>
+    <t>0000014013</t>
   </si>
   <si>
     <t>23-1398</t>
   </si>
   <si>
     <t>800,40</t>
   </si>
   <si>
-    <t>М'яка іграшка Подушка обіймашка Melody 55 см</t>
-[...25 lines deleted...]
-  <si>
     <t>М'яка іграшка Людина Павук 40 см</t>
-  </si>
-[...10 lines deleted...]
-    <t>177,11</t>
   </si>
   <si>
     <t>М'яка іграшка Куромі 20 см</t>
   </si>
   <si>
     <t>23-1353</t>
   </si>
   <si>
     <t>1000000013535</t>
   </si>
   <si>
     <t>168,57</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1449,51 +1083,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfd423d2ce2e9ebaedb50009a78f4e171.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3249660d7995ed1d6c07b1b0ca96e34d2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0153d2da356d0cfdae6178fb50fe55403.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/440a67aa7280b11462e654439c5c31854.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25c7240810f67eff28c2aa045be618715.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26af975fe764bb6d16bf16ef9936aa776.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88f5dedc78b52f11b0d587b3f15a23397.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06802812576499ad2d6b6646b3c6d178.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e221c157375ca0f35a656b5803e04e649.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c07e5609c25710d26fe1c96aefa535910.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7147b50b05b2b302a4189e9479620c2111.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c6ec28345dfcddd4b0c697d99e9b63b12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35798f194762f79611ea4cc5e238deee13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe880c5f9f63ce05e7b67fb62c51496914.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dcd657deebd3130ae368703791ec72315.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4758c8e6c9db80514526666152729e6216.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32b09505f1a9e718c56a9cd037a9e71417.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03db43180ad8ac4d27b7250acb22f71018.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782f30bafe9cec960c9841bcf8f50ac819.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e612b83425db6b244ec977ee97dacbd620.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/174f5e1a04ceb42068882e890d08985021.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43c731c83b6e6ca1474d30cf811897e022.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e9894d13ee9ab9b492ae18bdf22c8823.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbe5a0593e18c444086464bc5fff2ec124.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cda2c7ce5e948f3c113424640e06a525.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d394e6c19a9cc6555c383cda0c7a3aa526.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/871ec345c135f0b712868be9d6e0e48927.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12f8686c560af99c9de11c03ba92233428.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b6923ece44e06510facb324185a29d29.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fd12b3942de5f212b83928cfc17e70e30.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97fab6f2d6f35f734e082e23c55261eb31.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4af3eb6a28eb38cce857fb8160701e632.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e219e3bae85bfd39b5428eb8c38dfa1333.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fce8e6c1e94021df9d861757d224b07c34.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/918698eab843a1740778850087195b5d35.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46c9c4c0079e30284d633a15b0117f7936.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84fdb6e97d5b6251ad8d007e950d619937.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab44664146192c2e36afb4f109db745d38.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3051b6fe6ff998ae7611aafc9616de2439.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0abebbcf62f256acd101050f1f9ad65440.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9737a80ea129bbda63ca8c045b3b7fc41.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8980284f705b51aefc7435ea9352d65942.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff546ac1aa659f343f764fbe601d724743.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/985bbee11bea1bf5618b5ecb9f60c66c44.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0be42329964fc17e1716be02e9425d1845.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e886f5bd2b8a8fbb9bc9b138118e604146.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ab50ba6bf6f3ce4435e6e95c71906047.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9834210ac6d5d5156ec5408fef0ea0c248.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1dcc0bc38f61f669baa1a6b30155c1549.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b5c161ca82cca42a8f6d4565911d0050.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f3942a954ab84cb115e866ee496a9251.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a374a1d9ff7de3f5bdb358ba15d0ff852.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643b39c600ec11a37412427343d4374853.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac603b27d1cd363c07fb69ed6bb2e32054.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84980dc0780b8dab2b3c29573c75a63c55.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f44f61acfa39a2546ff07729c730a5c56.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c20188bd47a5b1c7df793f67f46e76557.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6290234c7c727acc364ed9a6358eeb0058.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2960b97ba8494704d449815812d9576259.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9301d5892c949e7ec74616d6c1ddb5fb60.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1be13ab8682000dea7bca3646c19eae761.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/518b5e6c3a57b1ebe4f26b21f5e2e8f162.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc1a4385c0781fa5af83d9a3040f2d6663.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc6244b62e4a97370067d09463ba4bb764.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c36b77f4228153fce6a8cd7d1cdc9dd65.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4088df4a17057b9fac6b2b0a9b7772a866.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e15fe978678ba9577f4943909f98f57f67.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ffbfa4696f62bf3c6c532c7c2b46ebc68.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f6aaeb4ef64aec2cbc94e6d1ffb72a369.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bbca62c980d19cc75b4f86b9d6e523c70.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92877c01f63868e4c57907976b2165d971.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1af44634db88a537e0da6f6661e6a03a72.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f50e26411a881fedb8b3dab21d84474673.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14be484d661f56c3fc993ef8b9c27f4574.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45d36408536615058c10e7251d2dd7e675.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ae68d251e5d08604685ae9721962ed76.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2500688b8d9b479c25bb31ada57ad6d077.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f45f3e5e1a329ebd081940d3b6339c2b78.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3174ac7a780cf3627bc7b8bb48f1a68e79.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21d6f33d4582d9305059b4a32fd1ce5380.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79d8c36cf8dfade8b1b592a65884ad8b81.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95a4602025316579177dde137f75beed82.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7010a9cb75096785bd6325a28a5256a683.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b7a1910f9e90fc3ab96f19f539b9c684.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaec182d0b437217242c7bf1bd9ffabe85.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a910f719465b1f558aa523077755ca8e86.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3606789b9de0cff8bf177bacb1ce1bca87.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8d046d2daae7bed6457d1ed80ea8aff88.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27408767442ad1cf61ebd38297d2f0a189.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bdfeed843905e9aec234c49d04b14f290.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1d4f7c41483f5e8dac5059725b8272491.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8253060e8f1279bc7ba21b06caaa4e3892.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/826b4326335e14322ef76f07799270be93.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c2042b998a3916fc34eac1725a5fef094.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6b0dd535d1535d6d98dca51c3d1c79095.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f95da3384df78448bcdfb91ea7fd133096.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf8409156c6f35128a67167ffa9762897.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dd430c69100d2dd8c7529b62fd8a00298.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5bcc205091c7c9127bf749dca0875a099.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d130ea2fdd35d874dddc8776405ceb7f100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60c3d2898e016b716194eb4fe2678f2e101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb68978699a7f90bcbacf88e148a54e9102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df733d05350f0748542e75ea5b98d85d103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7b47f7683823f80971a2e611c59b9ea104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abc3ce55075ad6f67adc0060c6dcecd3105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca90ec121466d383bef65e12a0bd43cd106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f885d6127516a43b28b6b63168c99a9f107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2cbb96ee67b9937b43ef022149c9b6d108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7963cf4a656f11dd7de8a89748696cb6109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86e244ec4ec2cd32ec6ab4d9c3f951af110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19976f47b61a9b4c386a9f9250e26820111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce6d56f4b202debbceab3966a7aef143112.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b835341c2900add7b6d7816528d94e36113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a695f8d026dfd38f391ea17ffac5f8bb114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a890a33331f6a334d5fd0f3fb431562115.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ff7a7ba5df1024867370346ea7b214c116.jpeg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2004979df3bb4095a5fa8041dba5c0117.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ec865e75d068450726414c06cf3794f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf0c20eac6f11d70cd7a12aeccc65562.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/752e81873ccaeaeb591b467d4d3fb66c3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8edf20aa0dfd6676c68a3e35be75afd4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58b63a893baa410dc1a1a86a2ecc5c665.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b5d49a432909f3b608bac6c5d2ddff6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96544e965c72879581b824b977842c097.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09523c819326a660dca3f3e2a20f59178.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab82e7c320ccc16ec56f082faacaf9079.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a393b3aab448824b58fd233793800fe10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7cb3f7c7177874bd3094c891a98919711.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5f47751b341d0426b90a831124284712.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1014698d86a91f358c422b0162dbaff113.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b2881cc30696fa79af76999256afd0114.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9ea52e647da72249d7c7d4612aaea2115.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6b37dfe0c71b660ec6f2f246eb7561316.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8eac4ea4710b2fc1b30a85efe711fe0517.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d1a6b29e8946a977f93f3d7cab6d99618.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68268bc6a5a2927efd5fc30679aba0e019.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb91e3230f4058832486762508406d8320.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a858e885b45f1220f77cc17732d3b0921.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a27fb6da0b6c36658d614cf4aa01373e22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf9f42a60a8c4fc7dbb59d938e3d29e323.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c843b18f8cfc32723baad8ad093d1e224.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a66f88ca902e402457d0668715d9878125.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e714e44d39c2f4dff93ba666e9bd2ca26.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c59e9a744dddac09c5b7bb5406df5227.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7361705b9345304de9a7f66ff022b1228.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa94c6b364249dc3c03d9ef614fdbaa229.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ef8719fdfc70167568e99d915840c9430.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cffeddef6c86ef9364feecd880d77f831.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15747b7681deff848ffeb71f76e1246532.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd060824bfcb3d7ea22787577dd7ffd833.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33c4354c1a61f0846681deed1a359b4534.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7029d5dc1ffa2a280be92e1d12ce739935.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159db8ea7c122af97cc68c2f07d4ecc336.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b30a2955c406a585564bf16a98d60e237.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a58773b88772a8fe6562b9074ea5dd6438.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a986126ed285a898e0cd327ae190da5539.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e31de1f2508d1aab5020cdcb7ba813a40.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00bc3a0f87f56b38df4754700d024cad41.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af5ed51094d2bd538708966a2443641542.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/709186352a2b7614cc08ea2e5f72979443.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f36d31d10d33e165028d9ac2a239b52944.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0436b6864591871afdbccfd268ce712045.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e19ee4510443d0456db4cc8a8bb7e4b46.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/995847fa9ed8dff0e76892d7aa441d7047.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d32e530a6db342424950e307a3960d9d48.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fab04c9db5ca8fc5c329c90aee61f3749.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13b5fc31afbae4e0ced8c7f4613e70aa50.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ae4325b2ea9d263150d554e32c8f39851.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5265aeaf96b2157a21d1f9f3bb60302752.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff0ac32ec6f7c15344c2e136ab80eaac53.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82ade29a7c49dbb98ab019b94c94c30054.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46c76190145caa0f2696b59da99ded0055.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fee87582aac93540b35f8db33b72163c56.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1cbe51ece60442f35dcdfc1936d1ac357.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3650830a905c9b14f56b110d9cc67a958.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4118c50ea21d1c187b08826787a0e9959.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f1fc1b9688f605e1627604a4bc63c360.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74f34fbe9c67d56c98a0c6d35df14b9961.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d6c93f0d545655da16f78621dee2e2862.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/badc4e225fd33b8192703834ef9667d963.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d7f91fa3b58b76a1c4c8ddb6fb06ec64.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0119ded34c62ab83806cefe82aca1e6665.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcd09be57439962af0bcf5e34540ce9e66.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cf40bcedddf1ea5810503a6eba7ec9567.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b351f93b2dfa135e96f6a548c64f40d68.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5dfdaed4b700b9908c29bfe180258ba69.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a04aeef9976029f8f6dc79660ca1730870.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8691c82b764217a4e764b3d291b1fe7e71.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92dcf8d888a7f9c1a9a4666f4282eaf472.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28c1ac94d77adafd98deca9cdfd628f773.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d6d368c7e5a01cfc91baf070726c63b74.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f314f6be5cc30d98346e2b5e9abffe5475.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362131a358174394628a573021d8f0ba76.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffa035f94a5cc38b6d3fcc42cdd1f6a177.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e88240aa65aec115feee428f5bbb69478.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/679924689680871b854a57495cb91aac79.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c22fa86b6d3171495b2713b4fefccc780.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/136246ffa3e711497e2c55d47d5dff5781.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5759a4da07f8cea4e701c7031388c66882.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6d15fd4920c3096b59ba276e124b7b83.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3931,1070 +3565,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>88</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="83" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
-        <a:stretch>
-[...1018 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -5261,51 +3875,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/7/m-yaki-igrashki-optom/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K123"/>
+  <dimension ref="A1:K89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="28" customWidth="true" style="4"/>
     <col min="1" max="1" width="19" customWidth="true" style="0"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -5412,2111 +4026,1499 @@
       <c r="D7" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:11" customHeight="1" ht="71">
       <c r="A8"/>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F8" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:11" customHeight="1" ht="71">
       <c r="A9"/>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:11" customHeight="1" ht="71">
       <c r="A10"/>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:11" customHeight="1" ht="71">
       <c r="A11"/>
       <c r="B11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:11" customHeight="1" ht="71">
       <c r="A12"/>
       <c r="B12" t="s">
         <v>32</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:11" customHeight="1" ht="71">
       <c r="A13"/>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:11" customHeight="1" ht="71">
       <c r="A14"/>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:11" customHeight="1" ht="71">
       <c r="A15"/>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="F15" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:11" customHeight="1" ht="71">
       <c r="A16"/>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:11" customHeight="1" ht="71">
       <c r="A17"/>
       <c r="B17" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C17" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D17" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="71">
       <c r="A18"/>
       <c r="B18" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C18" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D18" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="F18" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="71">
       <c r="A19"/>
       <c r="B19" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C19" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="D19"/>
       <c r="E19" s="4" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="F19" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="20" spans="1:11" customHeight="1" ht="71">
       <c r="A20"/>
       <c r="B20" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C20" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="D20"/>
       <c r="E20" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
-        <v>18</v>
+        <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="71">
       <c r="A21"/>
       <c r="B21" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C21" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="D21"/>
       <c r="E21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="71">
       <c r="A22"/>
       <c r="B22" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C22" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="D22"/>
       <c r="E22" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="71">
       <c r="A23"/>
       <c r="B23" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C23" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="D23"/>
       <c r="E23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="71">
       <c r="A24"/>
       <c r="B24" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C24" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D24" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="71">
       <c r="A25"/>
       <c r="B25" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C25" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D25" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="F25" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="71">
       <c r="A26"/>
       <c r="B26" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C26" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D26" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E26" s="4" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="F26" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="71">
       <c r="A27"/>
       <c r="B27" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C27" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D27" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="F27" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="28" spans="1:11" customHeight="1" ht="71">
       <c r="A28"/>
       <c r="B28" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C28" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D28" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>92</v>
+        <v>17</v>
       </c>
       <c r="F28" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="29" spans="1:11" customHeight="1" ht="71">
       <c r="A29"/>
       <c r="B29" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C29" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D29" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F29" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="71">
       <c r="A30"/>
       <c r="B30" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C30" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="D30"/>
+        <v>100</v>
+      </c>
+      <c r="D30" t="s">
+        <v>101</v>
+      </c>
       <c r="E30" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F30" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="31" spans="1:11" customHeight="1" ht="71">
       <c r="A31"/>
       <c r="B31" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C31" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D31"/>
+        <v>104</v>
+      </c>
+      <c r="D31" t="s">
+        <v>105</v>
+      </c>
       <c r="E31" s="4" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="F31" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="32" spans="1:11" customHeight="1" ht="71">
       <c r="A32"/>
       <c r="B32" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C32" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D32"/>
+        <v>108</v>
+      </c>
+      <c r="D32" t="s">
+        <v>109</v>
+      </c>
       <c r="E32" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F32" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="33" spans="1:11" customHeight="1" ht="71">
       <c r="A33"/>
       <c r="B33" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C33" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>112</v>
+      </c>
+      <c r="D33" t="s">
+        <v>113</v>
+      </c>
       <c r="E33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F33" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="34" spans="1:11" customHeight="1" ht="71">
       <c r="A34"/>
       <c r="B34" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C34" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="D34"/>
+        <v>115</v>
+      </c>
+      <c r="D34" t="s">
+        <v>116</v>
+      </c>
       <c r="E34" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F34" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
     </row>
     <row r="35" spans="1:11" customHeight="1" ht="71">
       <c r="A35"/>
       <c r="B35" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="C35" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="D35" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F35" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
     </row>
     <row r="36" spans="1:11" customHeight="1" ht="71">
       <c r="A36"/>
       <c r="B36" t="s">
+        <v>122</v>
+      </c>
+      <c r="C36" t="s">
+        <v>123</v>
+      </c>
+      <c r="D36" t="s">
+        <v>124</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F36" t="s">
         <v>117</v>
-      </c>
-[...10 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:11" customHeight="1" ht="71">
       <c r="A37"/>
       <c r="B37" t="s">
+        <v>125</v>
+      </c>
+      <c r="C37" t="s">
+        <v>126</v>
+      </c>
+      <c r="D37" t="s">
+        <v>127</v>
+      </c>
+      <c r="E37" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F37" t="s">
         <v>121</v>
-      </c>
-[...10 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="38" spans="1:11" customHeight="1" ht="71">
       <c r="A38"/>
       <c r="B38" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C38" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D38" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F38" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="39" spans="1:11" customHeight="1" ht="71">
       <c r="A39"/>
       <c r="B39" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C39" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="D39" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F39" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
     </row>
     <row r="40" spans="1:11" customHeight="1" ht="71">
       <c r="A40"/>
       <c r="B40" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C40" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="D40" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="E40" s="4" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="F40" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
     </row>
     <row r="41" spans="1:11" customHeight="1" ht="71">
       <c r="A41"/>
       <c r="B41" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="C41" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="D41" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="F41" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
     </row>
     <row r="42" spans="1:11" customHeight="1" ht="71">
       <c r="A42"/>
       <c r="B42" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="C42" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="D42" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="E42" s="4" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="F42" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
     </row>
     <row r="43" spans="1:11" customHeight="1" ht="71">
       <c r="A43"/>
       <c r="B43" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C43" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D43" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="F43" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
     </row>
     <row r="44" spans="1:11" customHeight="1" ht="71">
       <c r="A44"/>
       <c r="B44" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="C44" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="D44" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="E44" s="4" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="F44" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="45" spans="1:11" customHeight="1" ht="71">
       <c r="A45"/>
       <c r="B45" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C45" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="D45" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>92</v>
+        <v>17</v>
       </c>
       <c r="F45" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
     </row>
     <row r="46" spans="1:11" customHeight="1" ht="71">
       <c r="A46"/>
       <c r="B46" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="C46" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="D46" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="E46" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F46" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
     </row>
     <row r="47" spans="1:11" customHeight="1" ht="71">
       <c r="A47"/>
       <c r="B47" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C47" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="D47" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E47" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F47" t="s">
-        <v>158</v>
+        <v>167</v>
       </c>
     </row>
     <row r="48" spans="1:11" customHeight="1" ht="71">
       <c r="A48"/>
       <c r="B48" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="C48" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="D48" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="E48" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F48" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
     </row>
     <row r="49" spans="1:11" customHeight="1" ht="71">
       <c r="A49"/>
       <c r="B49" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="C49" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="D49" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="E49" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F49" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
     </row>
     <row r="50" spans="1:11" customHeight="1" ht="71">
       <c r="A50"/>
       <c r="B50" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="C50" t="s">
+        <v>177</v>
+      </c>
+      <c r="D50" t="s">
+        <v>178</v>
+      </c>
+      <c r="E50" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F50" t="s">
         <v>171</v>
-      </c>
-[...7 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="51" spans="1:11" customHeight="1" ht="71">
       <c r="A51"/>
       <c r="B51" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="C51" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="D51" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="E51" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F51" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
     </row>
     <row r="52" spans="1:11" customHeight="1" ht="71">
       <c r="A52"/>
       <c r="B52" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="C52" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="D52" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="E52" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F52" t="s">
-        <v>179</v>
+        <v>86</v>
       </c>
     </row>
     <row r="53" spans="1:11" customHeight="1" ht="71">
       <c r="A53"/>
       <c r="B53" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="C53" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="D53" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="F53" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
     </row>
     <row r="54" spans="1:11" customHeight="1" ht="71">
       <c r="A54"/>
       <c r="B54" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="C54" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="D54" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="E54" s="4" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="F54" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
     </row>
     <row r="55" spans="1:11" customHeight="1" ht="71">
       <c r="A55"/>
       <c r="B55" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="C55" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="D55" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="F55" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
     </row>
     <row r="56" spans="1:11" customHeight="1" ht="71">
       <c r="A56"/>
       <c r="B56" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C56" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="D56" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="E56" s="4" t="s">
-        <v>58</v>
+        <v>201</v>
       </c>
       <c r="F56" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
     </row>
     <row r="57" spans="1:11" customHeight="1" ht="71">
       <c r="A57"/>
       <c r="B57" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="C57" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="D57" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="E57" s="4" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="F57" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
     </row>
     <row r="58" spans="1:11" customHeight="1" ht="71">
       <c r="A58"/>
       <c r="B58" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C58" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="D58" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="E58" s="4" t="s">
-        <v>58</v>
+        <v>210</v>
       </c>
       <c r="F58" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
     </row>
     <row r="59" spans="1:11" customHeight="1" ht="71">
       <c r="A59"/>
       <c r="B59" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="C59" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="D59" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="E59" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F59" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
     </row>
     <row r="60" spans="1:11" customHeight="1" ht="71">
       <c r="A60"/>
       <c r="B60" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="C60" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="D60" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="E60" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F60" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
     </row>
     <row r="61" spans="1:11" customHeight="1" ht="71">
       <c r="A61"/>
       <c r="B61" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="C61" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="D61" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E61" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F61" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
     </row>
     <row r="62" spans="1:11" customHeight="1" ht="71">
       <c r="A62"/>
       <c r="B62" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="C62" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="D62" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="E62" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F62" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
     </row>
     <row r="63" spans="1:11" customHeight="1" ht="71">
       <c r="A63"/>
       <c r="B63" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="C63" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="D63" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="E63" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F63" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
     </row>
     <row r="64" spans="1:11" customHeight="1" ht="71">
       <c r="A64"/>
       <c r="B64" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="C64" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="D64" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="E64" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F64" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
     </row>
     <row r="65" spans="1:11" customHeight="1" ht="71">
       <c r="A65"/>
       <c r="B65" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="C65" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="D65" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="E65" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F65" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
     </row>
     <row r="66" spans="1:11" customHeight="1" ht="71">
       <c r="A66"/>
       <c r="B66" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="C66" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="D66" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="E66" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F66" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
     </row>
     <row r="67" spans="1:11" customHeight="1" ht="71">
       <c r="A67"/>
       <c r="B67" t="s">
+        <v>242</v>
+      </c>
+      <c r="C67" t="s">
         <v>235</v>
       </c>
-      <c r="C67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D67" t="s">
+        <v>243</v>
+      </c>
+      <c r="E67" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F67" t="s">
         <v>237</v>
-      </c>
-[...4 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="68" spans="1:11" customHeight="1" ht="71">
       <c r="A68"/>
       <c r="B68" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="C68" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="D68" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="E68" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F68" t="s">
-        <v>234</v>
+        <v>247</v>
       </c>
     </row>
     <row r="69" spans="1:11" customHeight="1" ht="71">
       <c r="A69"/>
       <c r="B69" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="C69" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="D69" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="E69" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F69" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
     </row>
     <row r="70" spans="1:11" customHeight="1" ht="71">
       <c r="A70"/>
       <c r="B70" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="C70" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="D70" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="E70" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F70" t="s">
-        <v>124</v>
+        <v>255</v>
       </c>
     </row>
     <row r="71" spans="1:11" customHeight="1" ht="71">
       <c r="A71"/>
       <c r="B71" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="C71" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="D71" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="E71" s="4" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="F71" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
     </row>
     <row r="72" spans="1:11" customHeight="1" ht="71">
       <c r="A72"/>
       <c r="B72" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="C72" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="D72" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E72" s="4" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="F72" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
     </row>
     <row r="73" spans="1:11" customHeight="1" ht="71">
       <c r="A73"/>
       <c r="B73" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C73" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="D73" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="E73" s="4" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="F73" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
     </row>
     <row r="74" spans="1:11" customHeight="1" ht="71">
       <c r="A74"/>
       <c r="B74" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="C74" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="D74" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="E74" s="4" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="F74" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
     </row>
     <row r="75" spans="1:11" customHeight="1" ht="71">
       <c r="A75"/>
       <c r="B75" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="C75" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="D75" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="E75" s="4" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="F75" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
     </row>
     <row r="76" spans="1:11" customHeight="1" ht="71">
       <c r="A76"/>
       <c r="B76" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="C76" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="D76" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="E76" s="4" t="s">
-        <v>272</v>
+        <v>17</v>
       </c>
       <c r="F76" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
     </row>
     <row r="77" spans="1:11" customHeight="1" ht="71">
       <c r="A77"/>
       <c r="B77" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="C77" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="D77" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="E77" s="4" t="s">
-        <v>272</v>
+        <v>17</v>
       </c>
       <c r="F77" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
     </row>
     <row r="78" spans="1:11" customHeight="1" ht="71">
       <c r="A78"/>
       <c r="B78" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="C78" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="D78" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="E78" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F78" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
     </row>
     <row r="79" spans="1:11" customHeight="1" ht="71">
       <c r="A79"/>
       <c r="B79" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="C79" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="D79" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="E79" s="4" t="s">
-        <v>285</v>
+        <v>17</v>
       </c>
       <c r="F79" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
     </row>
     <row r="80" spans="1:11" customHeight="1" ht="71">
       <c r="A80"/>
       <c r="B80" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="C80" t="s">
-        <v>288</v>
+        <v>208</v>
       </c>
       <c r="D80" t="s">
-        <v>289</v>
+        <v>209</v>
       </c>
       <c r="E80" s="4" t="s">
-        <v>17</v>
+        <v>210</v>
       </c>
       <c r="F80" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
     </row>
     <row r="81" spans="1:11" customHeight="1" ht="71">
       <c r="A81"/>
       <c r="B81" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C81" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="D81" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="E81" s="4" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="F81" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
     </row>
     <row r="82" spans="1:11" customHeight="1" ht="71">
       <c r="A82"/>
       <c r="B82" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="C82" t="s">
-        <v>294</v>
+        <v>213</v>
       </c>
       <c r="D82" t="s">
-        <v>295</v>
+        <v>217</v>
       </c>
       <c r="E82" s="4" t="s">
-        <v>17</v>
+        <v>201</v>
       </c>
       <c r="F82" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
     </row>
     <row r="83" spans="1:11" customHeight="1" ht="71">
       <c r="A83"/>
       <c r="B83" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C83" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D83" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="E83" s="4" t="s">
-        <v>17</v>
+        <v>201</v>
       </c>
       <c r="F83" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
     </row>
     <row r="84" spans="1:11" customHeight="1" ht="71">
       <c r="A84"/>
       <c r="B84" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C84" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="D84" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="E84" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F84" t="s">
-        <v>304</v>
+        <v>86</v>
       </c>
     </row>
     <row r="85" spans="1:11" customHeight="1" ht="71">
       <c r="A85"/>
       <c r="B85" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C85" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D85" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="E85" s="4" t="s">
-        <v>17</v>
+        <v>201</v>
       </c>
       <c r="F85" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="86" spans="1:11" customHeight="1" ht="71">
       <c r="A86"/>
       <c r="B86" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C86" t="s">
-        <v>310</v>
+        <v>235</v>
       </c>
       <c r="D86" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E86" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F86" t="s">
-        <v>312</v>
+        <v>237</v>
       </c>
     </row>
     <row r="87" spans="1:11" customHeight="1" ht="71">
       <c r="A87"/>
       <c r="B87" t="s">
+        <v>148</v>
+      </c>
+      <c r="C87" t="s">
         <v>313</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
+        <v>150</v>
+      </c>
+      <c r="E87" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F87" t="s">
         <v>314</v>
-      </c>
-[...7 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="88" spans="1:11" customHeight="1" ht="71">
       <c r="A88"/>
       <c r="B88" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="C88" t="s">
-        <v>314</v>
+        <v>219</v>
       </c>
       <c r="D88" t="s">
-        <v>318</v>
+        <v>101</v>
       </c>
       <c r="E88" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F88" t="s">
-        <v>316</v>
+        <v>221</v>
       </c>
     </row>
     <row r="89" spans="1:11" customHeight="1" ht="71">
       <c r="A89"/>
       <c r="B89" t="s">
+        <v>316</v>
+      </c>
+      <c r="C89" t="s">
+        <v>317</v>
+      </c>
+      <c r="D89" t="s">
+        <v>318</v>
+      </c>
+      <c r="E89" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F89" t="s">
         <v>319</v>
-      </c>
-[...622 lines deleted...]
-        <v>441</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 