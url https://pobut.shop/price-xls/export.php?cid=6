--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -14,319 +14,373 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Карнавальні маски оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>04:15</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
+    <t>Маска пластикова Вамп</t>
+  </si>
+  <si>
+    <t>23-173</t>
+  </si>
+  <si>
+    <t>0000001730</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 3 шт..</t>
+  </si>
+  <si>
+    <t>57,96</t>
+  </si>
+  <si>
+    <t>Маска з фільму Веном 24 см</t>
+  </si>
+  <si>
+    <t>23-1357</t>
+  </si>
+  <si>
+    <t>1000000013573</t>
+  </si>
+  <si>
+    <t>шт.</t>
+  </si>
+  <si>
+    <t>24,15</t>
+  </si>
+  <si>
+    <t>Маска карнавальна Безликий</t>
+  </si>
+  <si>
+    <t>23-994</t>
+  </si>
+  <si>
+    <t>1000000009941</t>
+  </si>
+  <si>
+    <t>12,56</t>
+  </si>
+  <si>
+    <t>Маска Привіт сусід</t>
+  </si>
+  <si>
+    <t>23-101</t>
+  </si>
+  <si>
+    <t>1000000001013</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 1 шт..</t>
+  </si>
+  <si>
+    <t>22,70</t>
+  </si>
+  <si>
+    <t>Маска Момо</t>
+  </si>
+  <si>
+    <t>23-432</t>
+  </si>
+  <si>
+    <t>1000000004328</t>
+  </si>
+  <si>
+    <t>36,74</t>
+  </si>
+  <si>
+    <t>Маска Капітан Америка</t>
+  </si>
+  <si>
+    <t>23-385</t>
+  </si>
+  <si>
+    <t>1000000003857</t>
+  </si>
+  <si>
+    <t>16,90</t>
+  </si>
+  <si>
     <t>Маска Людина-мурашка Ant-Man сіра</t>
   </si>
   <si>
     <t>23-5320</t>
   </si>
   <si>
     <t>1000000053203</t>
   </si>
   <si>
-    <t>шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>48,65</t>
   </si>
   <si>
     <t>Маска Джокера червона</t>
   </si>
   <si>
     <t>23-993</t>
   </si>
   <si>
     <t>10000009934</t>
   </si>
   <si>
     <t>26,08</t>
   </si>
   <si>
     <t>Маска Джокер синій</t>
   </si>
   <si>
     <t>100000009934</t>
   </si>
   <si>
     <t>Маска Залізної людини</t>
   </si>
   <si>
     <t>23-120</t>
   </si>
   <si>
     <t>1000000001204</t>
   </si>
   <si>
     <t>18,35</t>
   </si>
   <si>
     <t>Маска з фільму Пила 21 см</t>
   </si>
   <si>
     <t>23-1360</t>
   </si>
   <si>
     <t>1000000013603</t>
   </si>
   <si>
-    <t>22,70</t>
-[...1 lines deleted...]
-  <si>
     <t>Маска Людина Павук чорний</t>
   </si>
   <si>
     <t>23-119</t>
   </si>
   <si>
     <t>1000000001198</t>
   </si>
   <si>
     <t>17,39</t>
   </si>
   <si>
     <t>Маска Черепашки Ніндзя</t>
   </si>
   <si>
     <t>23-1365</t>
   </si>
   <si>
     <t>1000000013696</t>
   </si>
   <si>
     <t>22,22</t>
   </si>
   <si>
     <t>Маска пластикова Зефір</t>
   </si>
   <si>
     <t>23-1369</t>
   </si>
   <si>
     <t>000000009996</t>
   </si>
   <si>
     <t>27,53</t>
   </si>
   <si>
     <t>Маска Дарт Вейдера</t>
   </si>
   <si>
     <t>23-345</t>
   </si>
   <si>
     <t>1000000003451</t>
   </si>
   <si>
     <t>20,77</t>
   </si>
   <si>
-    <t>Сяюча маска Людина Павука Spiderman</t>
-[...10 lines deleted...]
-  <si>
     <t>Сяюча маска Залізної Людини Iron Man</t>
   </si>
   <si>
     <t>23-104</t>
   </si>
   <si>
     <t>1000000001044</t>
   </si>
   <si>
     <t>83,08</t>
   </si>
   <si>
     <t>Маска карнавальна Кіт з блискітками 17 см</t>
   </si>
   <si>
     <t>23-1368</t>
   </si>
   <si>
     <t>1000000013689</t>
   </si>
   <si>
     <t>52,16</t>
   </si>
   <si>
     <t>Маска Чорна Пантера Black Panther</t>
   </si>
   <si>
     <t>23-116</t>
   </si>
   <si>
     <t>1000000001167</t>
   </si>
   <si>
     <t>29,95</t>
   </si>
   <si>
     <t>Маска Штурмовик із зоряних воїнів 25 см</t>
   </si>
   <si>
     <t>23-1671</t>
   </si>
   <si>
     <t>1000000016710</t>
   </si>
   <si>
-    <t>Продається упаковками. В упаковці: 3 шт..</t>
-[...1 lines deleted...]
-  <si>
     <t>26,11</t>
   </si>
   <si>
     <t>Маска Мумія 26 см</t>
   </si>
   <si>
     <t>23-1364</t>
   </si>
   <si>
     <t>1000000013641</t>
   </si>
   <si>
-    <t>Продається упаковками. В упаковці: 1 шт..</t>
-[...1 lines deleted...]
-  <si>
     <t>44,96</t>
   </si>
   <si>
     <t>Маска Анонімусу кольорова</t>
   </si>
   <si>
     <t>23-113</t>
   </si>
   <si>
     <t>1000000001136</t>
   </si>
   <si>
     <t>Маска Гая Фокса чорна</t>
   </si>
   <si>
     <t>23-108</t>
   </si>
   <si>
     <t>1000000001082</t>
   </si>
   <si>
     <t>15,94</t>
   </si>
   <si>
     <t>Маска Гая Фокса</t>
   </si>
   <si>
     <t>23-109</t>
   </si>
   <si>
     <t>1000000001099</t>
   </si>
   <si>
     <t>Маска Людини павука</t>
   </si>
   <si>
     <t>23-111</t>
   </si>
   <si>
     <t>1000000001112</t>
   </si>
   <si>
-    <t>16,90</t>
-[...1 lines deleted...]
-  <si>
     <t>Щит на гумці Залізна Людина 26 см</t>
   </si>
   <si>
     <t>23-1359</t>
   </si>
   <si>
     <t>000013597</t>
   </si>
   <si>
     <t>60,84</t>
   </si>
   <si>
     <t>Щит на гумці Бетмен 26 см</t>
   </si>
   <si>
     <t>0000013597</t>
   </si>
   <si>
     <t>Щит на резинці Халк 26 см</t>
   </si>
   <si>
     <t>00000013597</t>
   </si>
   <si>
     <t>Маска безликого бога Каонасі 24 см</t>
@@ -346,207 +400,120 @@
   <si>
     <t>Маска Танець 24 см</t>
   </si>
   <si>
     <t>23-1358</t>
   </si>
   <si>
     <t>1000000013580</t>
   </si>
   <si>
     <t>87,98</t>
   </si>
   <si>
     <t>Пластикова маска з аніме Naruto 25 см</t>
   </si>
   <si>
     <t>23-1294</t>
   </si>
   <si>
     <t>1000000012941</t>
   </si>
   <si>
     <t>74,98</t>
   </si>
   <si>
-    <t>Маска пластикова Пікачу 16 см</t>
-[...5 lines deleted...]
-    <t>1000000016727</t>
+    <t>Пластикова маска Містер Снайпер 20 см</t>
+  </si>
+  <si>
+    <t>23-1295</t>
+  </si>
+  <si>
+    <t>1000000012958</t>
   </si>
   <si>
     <t>89,53</t>
   </si>
   <si>
-    <t>Пластикова маска Містер Снайпер 20 см</t>
-[...7 lines deleted...]
-  <si>
     <t>Маска для розмальовки з пап'є-маше Лиса 18 см</t>
   </si>
   <si>
     <t>23-1670</t>
   </si>
   <si>
     <t>1000000016703</t>
   </si>
   <si>
     <t>Маска для розмальовки з пап'є-маше Скай 19 см</t>
   </si>
   <si>
     <t>23-1665</t>
   </si>
   <si>
     <t>1000000016659</t>
   </si>
   <si>
     <t>Маска для розмальовки з пап'є-маше Собачка 19 см</t>
   </si>
   <si>
     <t>23-1664</t>
   </si>
   <si>
     <t>1000000016642</t>
   </si>
   <si>
     <t>Маска для розмальовки з пап'є-маше Тигр 23 см</t>
   </si>
   <si>
     <t>23-1666</t>
   </si>
   <si>
     <t>1000000016666</t>
   </si>
   <si>
-    <t>Маска пластикова Череп</t>
-[...70 lines deleted...]
-  <si>
     <t>Маска пластикова Трансформер 23 см</t>
   </si>
   <si>
     <t>23-1673</t>
   </si>
   <si>
     <t>1000000016734</t>
   </si>
   <si>
-    <t>Маска Анонімусу Anonymous золото, срібло</t>
-[...17 lines deleted...]
-    <t>12,56</t>
+    <t>Маски пластикові Собачки</t>
+  </si>
+  <si>
+    <t>23-1135</t>
+  </si>
+  <si>
+    <t>1000000011357</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 4 шт..</t>
+  </si>
+  <si>
+    <t>102,40</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF1315F0"/>
       <name val="Calibri"/>
@@ -612,51 +579,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e4a0fa6c20d9ab3296936665d0030df1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abb1bdd59344053ae163627456a907322.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a95c0ee81be8cebb5d3e5aad4b4538a3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0553396dafa1ada42c1fb544a485d2444.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e60be94b50fa55dce3bceda642eb255b5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abdf932945730cca1ffa16bad693b66c6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54aaace050c4989a91fa266d8bcb7ce27.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf302f60401418fe5ed8cf6ffc3203068.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15db4f8dde79057602866248664251f19.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4e2751af1569ac2c693956cd577aa9710.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87e198f73459e4b3f6faa72691d6430411.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d9dadf82114dd648c285c090c2e384a12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bbcb50e169335ce3b34e41d0fe49d8113.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c85cd96b506913a23b7b13ab7a5916114.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6d7889db0d09442bbabdd2edf8e236515.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1d080b27879d9fb74a19dcdfc51ebaf16.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa424077ecc5ec8faee01b7d7abc064617.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c24c0cae8b588a0b873a96ce1bd8edd18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca134d9abf96308aa476edb4d21c661a19.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b298b874e0560a4650c0f1b28f9f754920.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f7915d1099b4da4d2d79c9d520c4a1b21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3d146f90b0c4339b3b3d578ff58176822.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d8deddf5b9512e8ee0a45f81becb38a23.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91efcc2b7bc33302e11ae0dc55ea5f2924.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6c372bc625c9cbc8ea8746f6e75202025.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe5a518261d8cd690c76271e7fef1c326.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d5b6d2f9f9af45b1c6889912c0c240e27.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66df8a8ee88b6015d51fd5593caae5bd28.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba6abc8e2f7c5cb5c55fbb8b8997564b29.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4db71bcf93855fffc630b30a6d899dfb30.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b727705b4506e8d643865d85d31b86f31.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a914b1f0be91dcfd9b651baaabaad3e32.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed9749fdf50ed062de1a6121d0d41ba33.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b862cbfb954c23441bb0c1f1d06f819b34.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51e32781bdb3e94111c598e30fcaa8b135.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31eebc9953b46aa99960e1d6e645bcf636.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8374350642b14a9715e597ba27c02d937.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8dc7688db36a3d476ffdf748cc90b1a38.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0feca429d2e2a64bed6b2df703a6ea8d39.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57d211a9a266a5bddf96748b8b63220940.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01ddde30cb14862f1ef94d5453140a8e41.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14ee4a68ba4b92a8fd5fd686101b66a31.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88094569535067700ccc8c879406d27c2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df74f7ad5c93ebdbd2ddee076f0128463.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94829f420ae28851b9eeea49e7a4979e4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee32f441a27d20baf1c8cf34b2c1bcff5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fc93f70f246d9fd4ced9ac23fef2b1c6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1586e780141182d562a9f79a98c66677.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9ca2f3722aca11a32493d53711044ae8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7632c1f139cbbfc4fbb02c36323bbb2d9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c562d64fd3e23908d2596726bc92f8b10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dc4d7dfdb29c837379b4195cdd9433c11.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551afd06f2cb11cf156383f348e2ee5b12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c6c685cb7f9c6088be139774df1f77413.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5ff1a9230b8366cc21d0a533b1be2314.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/320b0ddb7e72e5d470935aa1b46c0e6b15.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8164b89f891aabf05b2cf69a583769516.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f470da9650f69ea8a275ba6869eab51a17.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eb7487138aded168a77deb37a37443118.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9286c56596d275fcd8b3c9534c2054819.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fea910ca4b18de55079ec2168f47aa9f20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef7f569ec8fa833c083520b69cc0d6021.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233d20c1ea68c3e63a123ef88a1f954d22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3edd534a07e5fb2b45d04a6253391ecc23.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc38dfc9e7a129bcbdfd3f9f01078eff24.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdfbe2ea36546e192022a61ae068d85d25.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/def9ec126c6132e6501faf13115eac5d26.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10c13dbe9853560638a4ce8bc8e0eea827.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f212e9ed3280d238509e846aa6b16b428.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c371669ecad5a3c8739b7b7e5d9d4ab29.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c81f4ba9ccfa291e15b6e9ec237f531f30.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbfebe92359db9a6d35cfc3545b06bbe31.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e668be6c0641e993c22935bc939415d332.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644f59af041037ee4383ddbe35f47b1f33.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/305b294b4ab0ba100ecb625cbcc15dc234.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79aab6922ba7b8bfdbb0c774135477ac35.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3769daef9f754ab17fe6ef06308cbed136.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b07d150c0b0ae9153eee9c5eed00053737.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1714,170 +1681,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
-        <a:stretch>
-[...118 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2144,51 +1991,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/6/karnaval-ni-maski-optom/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K47"/>
+  <dimension ref="A1:K43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="28" customWidth="true" style="4"/>
     <col min="1" max="1" width="19" customWidth="true" style="0"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -2292,756 +2139,684 @@
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:11" customHeight="1" ht="71">
       <c r="A8"/>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:11" customHeight="1" ht="71">
       <c r="A9"/>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:11" customHeight="1" ht="71">
       <c r="A10"/>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F10" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:11" customHeight="1" ht="71">
       <c r="A11"/>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F11" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:11" customHeight="1" ht="71">
       <c r="A12"/>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F12" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:11" customHeight="1" ht="71">
       <c r="A13"/>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F13" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:11" customHeight="1" ht="71">
       <c r="A14"/>
       <c r="B14" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F14" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:11" customHeight="1" ht="71">
       <c r="A15"/>
       <c r="B15" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C15" t="s">
         <v>46</v>
       </c>
       <c r="D15" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F15" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:11" customHeight="1" ht="71">
       <c r="A16"/>
       <c r="B16" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C16" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D16" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F16" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="17" spans="1:11" customHeight="1" ht="71">
       <c r="A17"/>
       <c r="B17" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C17" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D17" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F17" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="71">
       <c r="A18"/>
       <c r="B18" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C18" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D18" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F18" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="71">
       <c r="A19"/>
       <c r="B19" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C19" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D19" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F19" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:11" customHeight="1" ht="71">
       <c r="A20"/>
       <c r="B20" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C20" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D20" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="F20" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="71">
       <c r="A21"/>
       <c r="B21" t="s">
         <v>70</v>
       </c>
       <c r="C21" t="s">
         <v>71</v>
       </c>
       <c r="D21" t="s">
         <v>72</v>
       </c>
       <c r="E21" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F21" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="71">
       <c r="A22"/>
       <c r="B22" t="s">
+        <v>74</v>
+      </c>
+      <c r="C22" t="s">
         <v>75</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>76</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F22" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="71">
       <c r="A23"/>
       <c r="B23" t="s">
         <v>78</v>
       </c>
       <c r="C23" t="s">
         <v>79</v>
       </c>
       <c r="D23" t="s">
         <v>80</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F23" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="71">
       <c r="A24"/>
       <c r="B24" t="s">
         <v>82</v>
       </c>
       <c r="C24" t="s">
         <v>83</v>
       </c>
       <c r="D24" t="s">
         <v>84</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F24" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="71">
       <c r="A25"/>
       <c r="B25" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C25" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D25" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="71">
       <c r="A26"/>
       <c r="B26" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C26" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D26" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E26" s="4" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F26" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="71">
       <c r="A27"/>
       <c r="B27" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C27" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="D27" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F27" t="s">
-        <v>92</v>
+        <v>32</v>
       </c>
     </row>
     <row r="28" spans="1:11" customHeight="1" ht="71">
       <c r="A28"/>
       <c r="B28" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C28" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="D28" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F28" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:11" customHeight="1" ht="71">
       <c r="A29"/>
       <c r="B29" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C29" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="D29" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E29" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F29" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="71">
       <c r="A30"/>
       <c r="B30" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C30" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D30" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="E30" s="4" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="F30" t="s">
-        <v>105</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:11" customHeight="1" ht="71">
       <c r="A31"/>
       <c r="B31" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C31" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D31" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>100</v>
+        <v>22</v>
       </c>
       <c r="F31" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="32" spans="1:11" customHeight="1" ht="71">
       <c r="A32"/>
       <c r="B32" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C32" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D32" t="s">
         <v>112</v>
       </c>
       <c r="E32" s="4" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="F32" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
     </row>
     <row r="33" spans="1:11" customHeight="1" ht="71">
       <c r="A33"/>
       <c r="B33" t="s">
+        <v>113</v>
+      </c>
+      <c r="C33" t="s">
+        <v>108</v>
+      </c>
+      <c r="D33" t="s">
         <v>114</v>
       </c>
-      <c r="C33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" s="4" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="F33" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
     </row>
     <row r="34" spans="1:11" customHeight="1" ht="71">
       <c r="A34"/>
       <c r="B34" t="s">
+        <v>115</v>
+      </c>
+      <c r="C34" t="s">
+        <v>116</v>
+      </c>
+      <c r="D34" t="s">
         <v>117</v>
       </c>
-      <c r="C34" t="s">
+      <c r="E34" s="4" t="s">
         <v>118</v>
       </c>
-      <c r="D34" t="s">
+      <c r="F34" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="35" spans="1:11" customHeight="1" ht="71">
       <c r="A35"/>
       <c r="B35" t="s">
         <v>120</v>
       </c>
       <c r="C35" t="s">
         <v>121</v>
       </c>
       <c r="D35" t="s">
         <v>122</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="F35" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
     </row>
     <row r="36" spans="1:11" customHeight="1" ht="71">
       <c r="A36"/>
       <c r="B36" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C36" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D36" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E36" s="4" t="s">
-        <v>68</v>
+        <v>118</v>
       </c>
       <c r="F36" t="s">
-        <v>113</v>
+        <v>127</v>
       </c>
     </row>
     <row r="37" spans="1:11" customHeight="1" ht="71">
       <c r="A37"/>
       <c r="B37" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C37" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D37" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="F37" t="s">
-        <v>113</v>
+        <v>131</v>
       </c>
     </row>
     <row r="38" spans="1:11" customHeight="1" ht="71">
       <c r="A38"/>
       <c r="B38" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C38" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="D38" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F38" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
     </row>
     <row r="39" spans="1:11" customHeight="1" ht="71">
       <c r="A39"/>
       <c r="B39" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C39" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D39" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F39" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
     </row>
     <row r="40" spans="1:11" customHeight="1" ht="71">
       <c r="A40"/>
       <c r="B40" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C40" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="D40" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E40" s="4" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="F40" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
     </row>
     <row r="41" spans="1:11" customHeight="1" ht="71">
       <c r="A41"/>
       <c r="B41" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C41" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D41" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="F41" t="s">
-        <v>32</v>
+        <v>131</v>
       </c>
     </row>
     <row r="42" spans="1:11" customHeight="1" ht="71">
       <c r="A42"/>
       <c r="B42" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C42" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D42" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E42" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F42" t="s">
-        <v>146</v>
+        <v>48</v>
       </c>
     </row>
     <row r="43" spans="1:11" customHeight="1" ht="71">
       <c r="A43"/>
       <c r="B43" t="s">
         <v>147</v>
       </c>
       <c r="C43" t="s">
         <v>148</v>
       </c>
       <c r="D43" t="s">
         <v>149</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>17</v>
+        <v>150</v>
       </c>
       <c r="F43" t="s">
-        <v>88</v>
-[...7 lines deleted...]
-      <c r="C44" t="s">
         <v>151</v>
-      </c>
-[...61 lines deleted...]
-        <v>162</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 