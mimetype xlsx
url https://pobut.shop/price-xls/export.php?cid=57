--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -31,57 +31,57 @@
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Набори новорічних ялинкових куль оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>03:42</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Новорічні сніжинки 13 см (3 шт)</t>
   </si>
   <si>
     <t>23-5022</t>
   </si>
@@ -414,51 +414,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f9de4ab208029f2c7ab6d7ef503fce01.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fe83367cd1ade4e290bf76411ec09632.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aac3e3607be06f989c4914cca2a384a53.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f3f36fb98ee977d19dfd6904d7b20574.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9318681560a905228426d64fa9a03c595.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86029e27a690ef8a71ff2edfceee1f486.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6315dd4e6f25797091cdbb1abf68bd037.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fc04faebb6d3b7aad82d0177457ed108.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a318b9729aebe12050b2f9a5bed5bc89.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/493faff14c66371a1236187b7e3e0b8610.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28dc37ff61bb772f686ff7a0df7d261911.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00645da44b982750a831242b94cec9b612.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8fd7fba469ade4cf877cb42edef297a13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95ffefa40f3c0d4e15300a9acc286ab814.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d95137112b21cacb060ed713b27c18215.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a0adb1a7a4291bc2baed5bcf10b7cb16.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/958352b96c6503419a51ddef6b3d3ea717.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fca5d54eb8e7f56688094f51b139db518.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a387a77444e5e1e8746273b3e3a14d319.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63a05ed7f399bab5b6366994f54e8be020.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3762aba7f933a39ba263c9fea9c889f821.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/165a88185211c39fe287cfaa145b4b1322.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f1ed77e712dcd3de512fbeb1f2c9ec123.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9062debb535624a539bd07ccf73e28c1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/235a324c02e7ba6b5e48404a94a4501a2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f86e68ed7570472c9e19fb0b1a2ad7e3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45dbe538552c500cdd62e33a503068e34.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1cd0ee2072ac39d8e65815ee5984f715.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66362970e75da82c5fba05a3301afc8e6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9ca87d278946f56cd89dc2f8169495f7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81290a21e8ea033ccc53d6abb5243b188.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf5b10bec2cc0c723f4c88d7c8f6a919.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3841ee9ee7eafa09529b6859f09a724610.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0289f4326e0f82fdcaa7b77457f8235411.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be8183d6852489fbe8ad9158a76fceec12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce6ca866b4a00ee7cc702077f848c0ef13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dea4a88e4f31a998fec730bf7fc0e0814.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7c1ef64d70d276126f31f070f35f59315.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c8fbc74267234b48a54814013f50d316.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83b9bec6962de545c27d0b24a7e715eb17.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1f97a75f5f2694fda11bccacf106aad18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12072f7cfd54933269bc602cfd10bd9419.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8438e6cdaa34a938a1261605e154b6b220.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5647c25597ffa9bfca18224471d8e8921.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d03d3f215a1e424915c9df79638271422.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d57fa8f346f4eedddbd27f84bbc3a20123.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>