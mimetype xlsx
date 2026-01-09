--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -14,74 +14,74 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>НОВОРІЧНІ ШАПКИ ОПТОМ</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>03:42</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Новорічна шапка Ялинка з іграшками 45 см</t>
   </si>
   <si>
     <t>23-4915</t>
   </si>
@@ -160,62 +160,50 @@
   <si>
     <t>Новорічна шапка сніжинка червона 40 см</t>
   </si>
   <si>
     <t>23-4902</t>
   </si>
   <si>
     <t>1000000049022</t>
   </si>
   <si>
     <t>416,71</t>
   </si>
   <si>
     <t>Новорічна шапка з кісками блакитна 62 см</t>
   </si>
   <si>
     <t>23-4907</t>
   </si>
   <si>
     <t>1000000049077</t>
   </si>
   <si>
     <t>506,00</t>
   </si>
   <si>
-    <t>Новорічна шапка Оксамитова 42 см</t>
-[...10 lines deleted...]
-  <si>
     <t>Новорічна шапка червоне хутро 40 см</t>
   </si>
   <si>
     <t>23-4944</t>
   </si>
   <si>
     <t>1000000049442</t>
   </si>
   <si>
     <t>714,36</t>
   </si>
   <si>
     <t>Дитячий набір Новорічна шапка та шарфик</t>
   </si>
   <si>
     <t>4113</t>
   </si>
   <si>
     <t>1009299348908</t>
   </si>
   <si>
     <t>шт.</t>
   </si>
   <si>
     <t>150,82</t>
@@ -317,62 +305,50 @@
     <t>23-1376</t>
   </si>
   <si>
     <t>1000000013764</t>
   </si>
   <si>
     <t>571,49</t>
   </si>
   <si>
     <t>Новорічна шапка Олень 38 см</t>
   </si>
   <si>
     <t>23-1378</t>
   </si>
   <si>
     <t>1000000013788</t>
   </si>
   <si>
     <t>702,45</t>
   </si>
   <si>
     <t>Новорічна шапка Санта 38 см</t>
   </si>
   <si>
     <t>000000013788</t>
-  </si>
-[...10 lines deleted...]
-    <t>666,74</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF1315F0"/>
       <name val="Calibri"/>
@@ -438,51 +414,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/818dd993e7b4e7b693c49837d8292ef91.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb23818095262ddd368ce87b4f1e36112.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67d067120e7017fd22712aaad15c0de23.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/674d98c4c4d9383d11fe2834018671d74.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56b78293ab238b6e6cc2dae21ce176de5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef38ecad276d6a8ccd5403f4f2246f2e6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68c97baaf43f24c763faa9e5702fe66b7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9107c5c8b20d588ee252ab37d7abf948.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80e4d6ce397376f5b6f54d43fa4271a69.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17955ec2668bb1a93023aa781a76d72810.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/312d3ad211671e269dbf5cefe65cdaa911.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395de2ddb711f9564f14c84392b45c8512.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a14f3465d7c1200e137911ab2f9ce0cc13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd23cf5c27fb5312e4bcb1c8c7dede5f14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f3d223d4a5260b1b8577079773543ad15.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdd2360fe9fe85e043ff34eb93c4262c16.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91e5addf3b502a1070961678b223217f17.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/299c1e8b06a726452143d39626d4244a18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0cada52faddc53f372de9b49037090019.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f27128e652cb1ad2c95e2f7678465e320.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8149d4f57fb9e678823b5966cc952b8021.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e744517cfb493d11ac8e9d2d86ae224122.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/851e2cc5d26b911a4c41d224445ccba823.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d07b1de0c20e80db18c0974752ee59c924.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c7f82b4a85c4dd07d21760f17f6d8451.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0b4d611aaf8441e3ad016df10957742.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/648196f7e88e2ad8799ef2b89740601f3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2508ee4e6f43b4627e5cc0a3e1f3112e4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d94c03970cc8b08416526e491c3a4205.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c3c5ce18145fad20921f1d38fcee0826.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c3d6eeda55657197a326eb298f74eac7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea7e5b3d1c2e22560c53a6edae13b7628.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe065dc21977f4471e973468a893a7839.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e26afe6e5950d51d90ff924998bf920a10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e571fa85282a3999eb322a5fa2aa86411.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8bbbb64dcd1c63659cb79c06f0c044a12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dabfe7db63b125e8f70e3c6885fface413.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54054f4aea2c94ef92ae40cbd2435bc714.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d93108b3d403a5fdda2011660e8553315.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe245a6e8f9f544a2feb5effb134f86816.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaf6a0828f5c7e5ecfab90fec2edc6ec17.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78f3d0863b66a58740b5f0f4fd50ae0f18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ca2ed339bc8d4667b0310f45f88eb719.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b4712358ba24c29f4fb22c93ad655b20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a2066478d7d9af9b93eb58c3bed59b821.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25661ecfbbd1f5626e83ff111941221822.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1090,110 +1066,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1460,51 +1376,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/55/novorichni-shapki-optom/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K30"/>
+  <dimension ref="A1:K28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="28" customWidth="true" style="4"/>
     <col min="1" max="1" width="19" customWidth="true" style="0"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -1752,306 +1668,270 @@
       <c r="C15" t="s">
         <v>49</v>
       </c>
       <c r="D15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F15" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:11" customHeight="1" ht="71">
       <c r="A16"/>
       <c r="B16" t="s">
         <v>52</v>
       </c>
       <c r="C16" t="s">
         <v>53</v>
       </c>
       <c r="D16" t="s">
         <v>54</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="F16" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:11" customHeight="1" ht="71">
       <c r="A17"/>
       <c r="B17" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C17" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D17" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="F17" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="71">
       <c r="A18"/>
       <c r="B18" t="s">
         <v>61</v>
       </c>
       <c r="C18" t="s">
         <v>62</v>
       </c>
       <c r="D18" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F18" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="71">
       <c r="A19"/>
       <c r="B19" t="s">
+        <v>64</v>
+      </c>
+      <c r="C19" t="s">
         <v>65</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F19" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:11" customHeight="1" ht="71">
       <c r="A20"/>
       <c r="B20" t="s">
         <v>68</v>
       </c>
       <c r="C20" t="s">
         <v>69</v>
       </c>
       <c r="D20" t="s">
         <v>70</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F20" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="71">
       <c r="A21"/>
       <c r="B21" t="s">
+        <v>71</v>
+      </c>
+      <c r="C21" t="s">
         <v>72</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F21" t="s">
-        <v>35</v>
+        <v>74</v>
       </c>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="71">
       <c r="A22"/>
       <c r="B22" t="s">
         <v>75</v>
       </c>
       <c r="C22" t="s">
+        <v>72</v>
+      </c>
+      <c r="D22" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F22" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="71">
       <c r="A23"/>
       <c r="B23" t="s">
+        <v>77</v>
+      </c>
+      <c r="C23" t="s">
+        <v>78</v>
+      </c>
+      <c r="D23" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F23" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="71">
       <c r="A24"/>
       <c r="B24" t="s">
         <v>81</v>
       </c>
       <c r="C24" t="s">
+        <v>78</v>
+      </c>
+      <c r="D24" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F24" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="71">
       <c r="A25"/>
       <c r="B25" t="s">
+        <v>83</v>
+      </c>
+      <c r="C25" t="s">
+        <v>84</v>
+      </c>
+      <c r="D25" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F25" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="71">
       <c r="A26"/>
       <c r="B26" t="s">
         <v>87</v>
       </c>
       <c r="C26" t="s">
         <v>88</v>
       </c>
       <c r="D26" t="s">
         <v>89</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F26" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="71">
       <c r="A27"/>
       <c r="B27" t="s">
         <v>91</v>
       </c>
       <c r="C27" t="s">
         <v>92</v>
       </c>
       <c r="D27" t="s">
         <v>93</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F27" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="28" spans="1:11" customHeight="1" ht="71">
       <c r="A28"/>
       <c r="B28" t="s">
         <v>95</v>
       </c>
       <c r="C28" t="s">
+        <v>92</v>
+      </c>
+      <c r="D28" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>22</v>
       </c>
       <c r="F28" t="s">
-        <v>98</v>
-[...35 lines deleted...]
-        <v>104</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 