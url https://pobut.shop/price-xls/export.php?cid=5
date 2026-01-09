--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -14,74 +14,74 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="540">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="457">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Антистреси оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>03:39</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Антистрес вухань кольоровий на листі 4,5 см</t>
   </si>
   <si>
     <t>23-5168</t>
   </si>
@@ -148,119 +148,77 @@
   <si>
     <t>23-4639</t>
   </si>
   <si>
     <t>1000000046397</t>
   </si>
   <si>
     <t>705,43</t>
   </si>
   <si>
     <t>Іграшки антистрес Капібара 3 см, 35 ​​г</t>
   </si>
   <si>
     <t>23-5305</t>
   </si>
   <si>
     <t>1000000053050</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 16 шт..</t>
   </si>
   <si>
     <t>555,62</t>
   </si>
   <si>
-    <t>Іграшка антистрес Перли 6 см, 54 г</t>
-[...17 lines deleted...]
-    <t>1000000053005</t>
+    <t>Іграшки антистрес Губи з Очами 7 см, 43 г</t>
+  </si>
+  <si>
+    <t>23-5156</t>
+  </si>
+  <si>
+    <t>1000000051568</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 20 шт..</t>
+  </si>
+  <si>
+    <t>545,69</t>
+  </si>
+  <si>
+    <t>Іграшка антистрес Людина Павук 8 см, 54 г</t>
+  </si>
+  <si>
+    <t>23-5306</t>
+  </si>
+  <si>
+    <t>1000000053067</t>
   </si>
   <si>
     <t>508,00</t>
   </si>
   <si>
-    <t>Іграшки антистрес Губи з Очами 7 см, 43 г</t>
-[...43 lines deleted...]
-  <si>
     <t>Іграшки антистрес Кулька з очима 7 см, 31 г</t>
   </si>
   <si>
     <t>23-5142</t>
   </si>
   <si>
     <t>1000000051421</t>
   </si>
   <si>
     <t>416,30</t>
   </si>
   <si>
     <t>Антистрес жуйка-тягучка Кавун 5 см, 84 г</t>
   </si>
   <si>
     <t>23-5159</t>
   </si>
   <si>
     <t>1000000051599</t>
   </si>
   <si>
     <t>327,42</t>
   </si>
   <si>
     <t>Іграшки антистрес Тістечка 45 см, 95 г</t>
@@ -277,434 +235,290 @@
   <si>
     <t>Іграшки антистрес Капібари пончики 7 см, 54 г</t>
   </si>
   <si>
     <t>23-5144</t>
   </si>
   <si>
     <t>1000000051445</t>
   </si>
   <si>
     <t>611,18</t>
   </si>
   <si>
     <t>Іграшки антистрес Мікс мордочок</t>
   </si>
   <si>
     <t>23-5307</t>
   </si>
   <si>
     <t>1000000053074</t>
   </si>
   <si>
     <t>398,86</t>
   </si>
   <si>
-    <t>Прибулець антистрес труба 15 см</t>
-[...31 lines deleted...]
-  <si>
     <t>Іграшки антистрес фрукти 3 см, 42 г</t>
   </si>
   <si>
     <t>23-4396</t>
   </si>
   <si>
     <t>1000000043969</t>
   </si>
   <si>
     <t>743,82</t>
   </si>
   <si>
     <t>Іграшки антистрес тропічний мікс 3 см, 42 г</t>
   </si>
   <si>
     <t>23-4394</t>
   </si>
   <si>
     <t>1000000043945</t>
   </si>
   <si>
     <t>Іграшки антистреси ягідний мікс 3 см, 42 г</t>
   </si>
   <si>
     <t>23-4395</t>
   </si>
   <si>
     <t>1000000043952</t>
   </si>
   <si>
     <t>Антистрес іграшки здоба 2,5 см, 19 г</t>
   </si>
   <si>
     <t>23-4391</t>
   </si>
   <si>
     <t>1000000043914</t>
   </si>
   <si>
     <t>531,30</t>
   </si>
   <si>
-    <t>Браслет на руку силіконовий Гусениця 20 см</t>
-[...22 lines deleted...]
-  <si>
     <t>Антистрес іграшки садовий мікс 2,5 см, 19 г</t>
   </si>
   <si>
     <t>23-4392</t>
   </si>
   <si>
     <t>1000000043921</t>
   </si>
   <si>
     <t>Антистрес іграшки овочі 2,5 см, 19 г</t>
   </si>
   <si>
     <t>23-4393</t>
   </si>
   <si>
     <t>1000000043938</t>
   </si>
   <si>
-    <t>Антистреси чудики 7,5 см, 55 г</t>
-[...10 lines deleted...]
-  <si>
     <t>Антистрес зайці 7 см, 55 г</t>
   </si>
   <si>
     <t>23-5154</t>
   </si>
   <si>
     <t>1000000051544</t>
   </si>
   <si>
     <t>483,00</t>
   </si>
   <si>
-    <t>Антистрес панда 7 см</t>
-[...17 lines deleted...]
-    <t>1000000051612</t>
+    <t>Антистрес вишня 7 см, 50 г</t>
+  </si>
+  <si>
+    <t>23-5150</t>
+  </si>
+  <si>
+    <t>1000000051506</t>
+  </si>
+  <si>
+    <t>492,66</t>
+  </si>
+  <si>
+    <t>Антистрес М на листі 4 см</t>
+  </si>
+  <si>
+    <t>23-5169</t>
+  </si>
+  <si>
+    <t>1000000051698</t>
+  </si>
+  <si>
+    <t>189,82</t>
+  </si>
+  <si>
+    <t>Антистрес восьминіг на листі 5 см</t>
+  </si>
+  <si>
+    <t>23-5170</t>
+  </si>
+  <si>
+    <t>1000000051704</t>
+  </si>
+  <si>
+    <t>Антистрес Фігурка Ведмедик 6 см</t>
+  </si>
+  <si>
+    <t>23-2164</t>
+  </si>
+  <si>
+    <t>1000000021646</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 32 шт..</t>
+  </si>
+  <si>
+    <t>836,05</t>
+  </si>
+  <si>
+    <t>Антистрес фігурки Капібари 6 см</t>
+  </si>
+  <si>
+    <t>23-2160</t>
+  </si>
+  <si>
+    <t>1000000021608</t>
+  </si>
+  <si>
+    <t>Антистрес фігурки Єдинороги 6 см</t>
+  </si>
+  <si>
+    <t>23-2161</t>
+  </si>
+  <si>
+    <t>1000000021615</t>
+  </si>
+  <si>
+    <t>Антистрес-лізун Яйце 7 см</t>
+  </si>
+  <si>
+    <t>23-4725</t>
+  </si>
+  <si>
+    <t>1000000047257</t>
+  </si>
+  <si>
+    <t>162,38</t>
+  </si>
+  <si>
+    <t>Антистрес жуйка-тягучка Алфавіт 9 см</t>
+  </si>
+  <si>
+    <t>23-4403</t>
+  </si>
+  <si>
+    <t>1000000044034</t>
+  </si>
+  <si>
+    <t>370,99</t>
+  </si>
+  <si>
+    <t>Антистрес піна Сир 8 см</t>
+  </si>
+  <si>
+    <t>23-4797</t>
+  </si>
+  <si>
+    <t>1000000047974</t>
+  </si>
+  <si>
+    <t>376,74</t>
+  </si>
+  <si>
+    <t>Антистрес Коти хутряні 10 см</t>
+  </si>
+  <si>
+    <t>23-4398</t>
+  </si>
+  <si>
+    <t>1000000043983</t>
+  </si>
+  <si>
+    <t>1159,20</t>
+  </si>
+  <si>
+    <t>Іграшка антистрес Ведмедик 7,5 см</t>
+  </si>
+  <si>
+    <t>23-4401</t>
+  </si>
+  <si>
+    <t>1000000044010</t>
   </si>
   <si>
     <t>540,96</t>
   </si>
   <si>
-    <t>Антистрес вишня 7 см, 50 г</t>
-[...163 lines deleted...]
-  <si>
     <t>Антистрес Хом'як з іграшкою 5 см</t>
   </si>
   <si>
     <t>23-4405</t>
   </si>
   <si>
     <t>1000000044058</t>
   </si>
   <si>
     <t>463,68</t>
   </si>
   <si>
     <t>Іграшка антистрес Собачка з квіткою 11 см</t>
   </si>
   <si>
     <t>23-4404</t>
   </si>
   <si>
     <t>1000000044041</t>
   </si>
   <si>
     <t>Іграшка антистрес Кіт 9 см</t>
   </si>
   <si>
     <t>23-4399</t>
   </si>
   <si>
     <t>1000000043990</t>
   </si>
   <si>
     <t>579,60</t>
   </si>
   <si>
     <t>Антистрес іграшка Собачка 7 см</t>
   </si>
   <si>
     <t>23-4397</t>
   </si>
   <si>
     <t>1000000043976</t>
   </si>
   <si>
-    <t>Антистрес Собачка та Ведмедик цукровий 6,5 см</t>
-[...10 lines deleted...]
-  <si>
     <t>Антистрес жуйка-тягучка Каченя 13 см</t>
   </si>
   <si>
     <t>23-4428</t>
   </si>
   <si>
     <t>1000000044287</t>
   </si>
   <si>
     <t>394,22</t>
   </si>
   <si>
     <t>Антистрес іграшки Смаколики 3,5 см</t>
   </si>
   <si>
     <t>23-4793</t>
   </si>
   <si>
     <t>1000000047936</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 30 шт..</t>
   </si>
   <si>
     <t>241,50</t>
@@ -751,62 +565,50 @@
   <si>
     <t>Іграшка антистрес Печиво на аркуші 5 см</t>
   </si>
   <si>
     <t>23-4741</t>
   </si>
   <si>
     <t>1000000047417</t>
   </si>
   <si>
     <t>196,58</t>
   </si>
   <si>
     <t>Антистрес Кішечка 4 см</t>
   </si>
   <si>
     <t>23-4740</t>
   </si>
   <si>
     <t>1000000047400</t>
   </si>
   <si>
     <t>164,22</t>
   </si>
   <si>
-    <t>Антистрес Капібара на аркуші 5 см</t>
-[...10 lines deleted...]
-  <si>
     <t>Антистрес із наповнювачем Потрійний 7,5 см</t>
   </si>
   <si>
     <t>23-4334</t>
   </si>
   <si>
     <t>1000000043341</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 9 шт..</t>
   </si>
   <si>
     <t>405,72</t>
   </si>
   <si>
     <t>Антистрес Печиво з начинкою 8 см</t>
   </si>
   <si>
     <t>23-4640</t>
   </si>
   <si>
     <t>1000000046403</t>
   </si>
   <si>
     <t>608,58</t>
@@ -1315,62 +1117,50 @@
   <si>
     <t>1000000017601</t>
   </si>
   <si>
     <t>Антистрес Лапка із присипкою зірки 7 см</t>
   </si>
   <si>
     <t>23-1714</t>
   </si>
   <si>
     <t>1000000017144</t>
   </si>
   <si>
     <t>516,67</t>
   </si>
   <si>
     <t>Антистрес Веселка з присипкою 9 см</t>
   </si>
   <si>
     <t>23-1769</t>
   </si>
   <si>
     <t>1000000017694</t>
   </si>
   <si>
-    <t>Антистрес Табо Лапка кольорова з присипкою 6,5 см</t>
-[...10 lines deleted...]
-  <si>
     <t>Антистрес жуйка-тягучка Зірка 9 см</t>
   </si>
   <si>
     <t>23-1710</t>
   </si>
   <si>
     <t>1000000019766</t>
   </si>
   <si>
     <t>439,53</t>
   </si>
   <si>
     <t>Антистрес жуйка-тягучка Мультик 9,5 см</t>
   </si>
   <si>
     <t>23-1713</t>
   </si>
   <si>
     <t>1000000021004</t>
   </si>
   <si>
     <t>467,13</t>
   </si>
   <si>
     <t>Антистрес жуйка-тягучка Мопси 8,5 см</t>
@@ -1546,138 +1336,99 @@
   <si>
     <t>Антистрес м'яч стрибунець Тварини 6 см</t>
   </si>
   <si>
     <t>23-1289</t>
   </si>
   <si>
     <t>1000000012897</t>
   </si>
   <si>
     <t>351,62</t>
   </si>
   <si>
     <t>Антистрес Кросівки 6 см</t>
   </si>
   <si>
     <t>23-2153</t>
   </si>
   <si>
     <t>1000000021530</t>
   </si>
   <si>
     <t>548,41</t>
   </si>
   <si>
-    <t>Антистрес труба Качки 17,5 см</t>
-[...7 lines deleted...]
-  <si>
     <t>Антистрес Капібара з іграшкою 7,5 см</t>
   </si>
   <si>
     <t>23-2094</t>
   </si>
   <si>
     <t>1000000051490</t>
   </si>
   <si>
     <t>709,32</t>
   </si>
   <si>
-    <t>Сяючий робот антистрес труба 14,5 см</t>
-[...5 lines deleted...]
-    <t>1000000015577</t>
+    <t>Антистрес Капібара 6,5 см</t>
+  </si>
+  <si>
+    <t>23-2116</t>
+  </si>
+  <si>
+    <t>1000000021165</t>
+  </si>
+  <si>
+    <t>547,95</t>
   </si>
   <si>
     <t>Антистрес тиснув Зайчик у Кошику 11 см</t>
   </si>
   <si>
     <t>23-361</t>
   </si>
   <si>
     <t>1000000003611</t>
   </si>
   <si>
     <t>23-4796</t>
   </si>
   <si>
     <t>510,02</t>
   </si>
   <si>
-    <t>Антистрес Капібара 6,5 см</t>
-[...22 lines deleted...]
-  <si>
     <t>Антистрес Табо Лапка пухнаста 7 см</t>
   </si>
   <si>
     <t>23-1720</t>
   </si>
   <si>
     <t>1000000017229</t>
   </si>
   <si>
     <t>541,88</t>
-  </si>
-[...7 lines deleted...]
-    <t>1000000015607</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF1315F0"/>
       <name val="Calibri"/>
@@ -1743,51 +1494,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aff7559e90736cb790a2fc6e3c084de1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac559f28a65c641b296e431353396d8e2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80a3eb0a428d1c38a50bf22fdd92b9f53.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/045ebe8f2022cbdf435a332a1ce201ec4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96c7a3c16ef1827aea737e898766c88b5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43a79a2dd6b85f9d12b301f781abc45f6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a29d24b22d18f02023d359afcadb65d7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33d616ecc5afc870b2ddd9ee22faddf68.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2ba55b6ab2701a25dfd25b2480357979.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d525cd6b4535df038c7c2bbbcbd5505410.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ee18cd801abf8b54c4705f03e3d1cf511.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f0e584024616295cbb755e88e36b2612.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96050d18a92ed217ab7ada7923971f5913.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38019e1a1d44c6e3a1199f22f860262d14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ce0916d1ecbd303f1e511239792df715.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/568d314ed5c9a282a0ac44bfc190068c16.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a9c86c447cad5a05624268af52c433c17.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c53929e9e5ae3e0afdfb33f69231368b18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d163390db2d55ca894f2379686275ecf19.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108f418e31064d30fce64eb37049b37a20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f40145dabc1adfcaf8b285b03f83d85b21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49983f0bb82ca026c4b34293ac7a34ce22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2cc7e3a1cc7ec7cce80bd9cdd2e081623.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e47bbeb042e7d491d529a32c0142e4d24.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74838797174ce01b049d7c08c6fdea0225.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fc379ba72dfab1ee5c84ebdadf647f226.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c65b13db7fe6199ec774e33a4c30e11f27.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9168f517c894838e81b6de00768507f28.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a924dce216d52b45296a649465c521829.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21ffd043f0f27f096003408501364bfb30.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71d9579ae36f398a0fc767894b41e60b31.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/161cb63f4917f747977eb0eb216e01ad32.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417c0d2705d863f6e07e57ec0a8e4cad33.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ccc335794467b868215441aa1a81fc734.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/effe1174a826af55fc730b40322e3fc135.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e56c548692eac0b22841fcd05c7224036.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab3fba7741b36a90dcf9b8db44f02d1f37.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcec8ab0e13a2f4f73be96ca041e916f38.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0a19a7d764b608a34ad9762f0eb76b439.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e5b3c04426fd6dfbffeef5bd295a79740.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e35b50a04a24af710aa932a10801fe2141.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5da1e5463a5686654ed32d9ac1feea6342.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68eab3dae63a19399d7980a8081fa35643.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcf1333480b4ef8620470460727030d844.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a25592054955f94e458faa3ac00a27f45.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad39193be28b1819a39a2d87ac4422bd46.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11b0352df49d1439efad7a85329bc31747.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2cf83191262692d1b7cf9d72e2d47f848.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7cda11567492ff9ecba5f9f166ea71549.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324089db412369496d29c589416e07cd50.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/befe56aeb9b5ab265cac07fe7261a70251.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32770a381b2ae7609db9cafca0d640652.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b28257e25cdbd06206c9f7939d3070053.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae625e8401c81e01d2ba0310d780bebd54.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ac548fd5fd866eabdcb65bdcd95078c55.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d649cc014921a365fd7c96f7218a3956.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d2cacb351a361879ed01f5910858b5c57.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8695b82ec7f7c5e34a4f7fc3aead8d3e58.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81279b7173e31c694c6435340a5f087e59.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e51b379cb2ffa711a81b56fa07b4d9b60.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7708b648f993c2308e43fba51e24cc6e61.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12eee20e872cb6c3fc7aa8bdbc5b6bf62.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b5f21e50b20789ea8ab2ed764c224bc63.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4076d56d6f882c59f47ff5a173c737464.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c9bcb910c5569f720c9b49d9d89dd065.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50172a37f1efcdb6941a2c2cbf39dadd66.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e59220b8deb0c945802dd0c1e313518267.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8cfd417315cb2f36950f29318f60e0b68.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321f7ad7ff5a6da9727f6de78e898c0669.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1183fb049c6220b35590a1d708ac9d2170.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c467ce87bfed258fa846f0896f11e5f71.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bbf76c4cd4c9cd7aa3502f25f76403972.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db64042887e40650a1937cf7eecde4e73.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efaec89efbe6f634668c3f2a0ba69ceb74.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ad957329a718d6d95f7d5671aba0d2c75.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13c4653c7486d71b118f197cd79c82fe76.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3beb59ffa764c84568bb691835e602d77.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebd291d702ad6f0508cdb2ad4c78412878.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/829e2d892c8e04eea4450eb9570f242e79.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f77b3102a028280cf1da433f278aa2d80.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1659d7379444789062a85b547057e36781.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f38dff9adfea73216dd60cebdec418282.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd06253002ad812ec75a8b44cd247e583.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22a0230b1390d29c500ca520096436c784.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e85e0a5f55bed8635a7bbea0572493e685.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e0d9ec9322acd08c1d9f724923c225786.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b37d3a8b29b83c2fbbf7f5d878dfe4887.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffd6f6628d45f54cc2e9a5fa051fa16c88.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7393f1a8a960863c7cdeb1f4355ddf3089.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e036ce1aedfb9b8cd8ff3bbf2d2168a90.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09fcb2fde9e13bcf52f695bdaa380d8491.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed7efd516761006e0e5a7ebc33440fa392.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865d061d9c0ec1e294070941ae03109393.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770f0e9649dd91fbbf8db3807b387b1094.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b95d2ca256840f1f5c52b3b37091de95.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2b0b2947f01647c92b1a9f1a64e9f9f96.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/352f07ca1704e4b87d6a4e6dbe14b0c797.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/035434ea514ff63d7014a5dcdb379bc198.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d567f39513a8b4522e34edcc8ab4299.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5629203acfddb08ce24225040f0697f100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ad543121a39054ad871b6d0cc2f467f101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f9cc3fcb5d1295b367f15375f191de9102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a846c9ae2b2a7a9c0b5b37231b260a2103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e70b7f79722af9f175f0c44dc95424104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b11f8e906a864201ba9ea23185ca4d105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d907e9a25a7d3b3574194e7a93c8193a106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24d14aee3d89a31960b5292cca22f7a8107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f2a3a93008f0eda2cd998090a2946e0108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3148ef7aed4f3d001113ed82819adae109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fbf91e647fe05e0cb91d341b05cebb9110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4980f01bca2f64ebf923a3f39726c669111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d1bb2e4224d44222b4ac13c7aaddbc2112.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0558d151d0ce595e7e4fcf44aa1a5ab113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cebcbb3104221e59f610136a1c48a682114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38ec365e279dd8891636f48493434d99115.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdcb6fa31fd66e973852e8eaabed0da116.jpeg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045bc8083647cf25e1909cffd691230117.jpeg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce5fe80b49e46563172f1739c67fb241118.jpeg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd8deb1bfd90e3ff8d50d15b8fb42048119.jpeg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b2e6f651adf475be3ba0762743fe555120.jpeg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd520fa3e0d12b59ae988caeb667a0b121.jpeg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c389c59b58cb6c5cf4b90af96e9c36f122.jpeg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933d142e84d54b52980740248c86f1af123.jpeg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c8214af4a548632bc0bdf0b8c0df12f124.jpeg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25bcd8d1eeffb6b67c4a2589dabdc370125.jpeg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f372e64d9c702d54d7a454a1c2d022b126.jpeg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/868f3d6c2a1cd1ae56acb73ea96eee72127.jpeg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7590c655caadec700ca59a329404e804128.jpeg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faff20be288227ce2a3d78b14ee696fe129.jpeg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f84cb5357ff5326219eabd26b7f06f3f130.jpeg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9e029d2933ca92a3b69ee76fbe1ee0c131.jpeg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec8e45377b5764ea0a6a5d0fbd46b0a9132.jpeg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dd7645ec3c1935617f28dd397f9914e133.jpeg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b55ebf7c06cf9a1cf01db38543e0946b134.jpeg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f889170216027ac9dae28a1a0beda59135.jpeg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bc000dbc4823fdc71c15d952e021dbc136.jpeg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f206691981b8900b423a61327e490b20137.jpeg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0709a965e6516ed9350c79b50569034f138.jpeg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf16e95244f0921dc28bc11fe546d4c139.jpeg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8b69a40bfea58e1bc22fbae53eb8a33140.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5962c3220c2c22957b2931826c5642e1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30bcd6448ba1ea9bd1c390fbfc2329482.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc2aedf096ebd8ef7173c14a8e61b7ff3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d8ee1a577e468f17b87e76e4d4f94ea4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0f83dbed201b2fffaecdd3273984df15.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282e351fada6ce04a4d083f4d54d41c56.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/869f88b4a364a5993e212f6608b554f77.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e85650bd22cecde9ef3fd226cb5fa3a98.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9220bb6055c89fefb0ce42fe4a5ea499.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cefbe248983bf083a20bf7b7a5ce3d9210.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fce52b09b5c8d9f70476bb87f81943f11.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f1fc92001d05716fe2d32f981d894fc12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfe03d693b241a357f77f673092d44613.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbf9d98ba647f594a62e389157f8121514.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca9ee0fd7b0b1525cc49394a2016431615.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbe5b85cf2acee3ee9133ad24755793016.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f3a87fa724511b1cd37c5df14fdb4f817.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d41285fb92578c41bf6de548be744b2c18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba93ad96efa8bdedf4b4daf463f4220919.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c45b87c64866966cbe2383e51fefcea20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0415cc4b3d4bd3fe33b1e9ba5ecb157021.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d7f2d254c44070e101005df29e7e15a22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8b72b3b8f46e7eb9305dbb5747c6a1823.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a4e0d9901888f057be71722cbc777bc24.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0e61d4e010597d9297e07575866e40b25.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e0a2b3807432b565ca1bb352a47da1d26.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a1651312675af24a9864e5db4033b427.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8106d614588b664dad82b41f78be385b28.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/195ff1adfb365953c7be1eb334b8ce3d29.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50cd79b546b1ae4fb80b0047100e4feb30.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aa6bf232525454a1d29379c87944c9a31.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a630077cf79ec9d8fb86d71239ef0d7532.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddfc38071e1aad5154d0bf384a3ce35233.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9adb255c40fbb2e3b0cf4375bf0f062e34.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55774582248082a01f7ca3f00256eb7b35.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f346beb14a2332818c8e25e9543727a36.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91bbd282844949043f266d4e15816a8837.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ff22ae33533bdd0f24ebe926c9b020a38.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/312f339c1bcb6de6fe3752bac3f68f3439.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5637d1501872b769b9f2230533a315fe40.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7e2f5eaf08434f98877905affc6e63f41.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c16dd6654ee75ae077bf42232a3c03642.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/752e71a0da9edc00d27921ca980c0a4343.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4639fb6599ab65c9426f26d9bb172c144.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a25fbd608d990378ce9737bd5a13415845.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9332c52e7ff3b55102331366984fd7f746.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10248501c738e785cf46571b3ec4243247.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f38c5d6e574126878a445a1f9563af5d48.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44c3b3db2d0c675d1575313da12dea7649.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c91ee15aab397ba33e31b3348bfcaeb50.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8007096ed6fa23d47a5097f0f92f0f5151.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5658013184a6e46583ca12cd6012a95052.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fc8b514ac34a59e6983fe603285f01153.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5d6d3128c903565f336357de611b9f554.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24e5d4dadf74156cd3975470a667726f55.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be7f40cfdfc24906b4eb7013437f57b756.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70814b12dcaf85e254b0fdc11734564157.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f442d92b8235cc3dc4bcc1d6de49b6c058.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9272c9bc665856bffad4fbbe554d30c559.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ce316ad28c3abb64c6842e743e817eb60.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d764b6431a9e2cd580d78b9d50837b6061.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d426c039eaccb704257ccd82d61d3be62.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/615cdd69c3dadbd4d9b9b59cea5b88a263.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3253bb2c608feeff39cc079456ce14764.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27ea78faa2159646d3b060d7ec95b88c65.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e50e9d3926b6786cbd15efa898d48caf66.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13969cea062b000e26681f02f4a7c30367.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9a0e311c9210a19abd1183c9204e72768.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4ee835ba0b1abfa3b78b82d429b389f69.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f6b2e76c502d84163f011104d76fef670.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b5ffeca2da67064ca3395064f5aff8071.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e310e032f5b7955d877bb42761f900bc72.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1d24b1c78d627c277f06ac68970bfb973.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74fcf037931019e15c3633a0382722f074.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76f03a5fa63443cdf074a864530f303675.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/944a7e564550d51ea9d7efc0da8b55d476.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64062d6045daafe393cfca189ac4c2c377.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b414f87afad07e666c4980ea6da2704178.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcec328034092578b3fc608990e915ee79.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c48ed995bd4f00dd74ab65b9ee606b7f80.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2116af46f2d14a83a809c8671f5effdf81.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6391bfb20b68a141285dabb9f5dfb4bc82.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f916dde43444132ecda49be89b48589a83.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fab3ea8726eace16b2a2d58826fc096184.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a405fb6e2407108358dccbe0aa221885.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f53a497e387e00bb8ccdeed2850b2d9686.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e07118919f1ecfd27c2df2f642a40c87.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582f5f9004b3dfc6830ee72093bec86288.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19a1810a0ee61121f555cf3b8763f8b189.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be59800e5cfe3c1d04359904e88a2ae990.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3b41866c3471ad2f12549fe89fca20f91.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2575afd474bcd2970e433ab6452a0be92.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfd8e6740c9b2bd6eac2489a674ceba193.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f1d9cd16440d2439a4cf656c6e66ce594.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e72bda0881a1ace3132c4dd7dd5d493895.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2c916f02e9ba6a18de4eb7b2e44d8b596.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf6c20e1e0eec41b9bf3bb94c548dd7d97.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1becd649504b0ccdbf418d38eb0891c98.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ac8eac273babef0f5bfd7e011084db799.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7985e0f2680fbdab067b07f16fabded9100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad452aa83538b18bbe912df5aacad1f1101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98527f8f34da29bf6ae1387750a49fe3102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a00f3bf529ce357da75a8ea19084bc103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d990b5a6ffb445f18adc387ea87dbfa104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2386287bb6909fc94ac16d7f4641b28f105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d49574c3d730d0779104f4c63e3b7f3106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/296b99796d40b1c30143d4f35925ad62107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b80c08042e05278f4461ac7d2cb0b573108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c3a8f13ab92418ce8917f290c57661d109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc0af4a7d9ddc52b4c695fd56a7ed8e9110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fa5015b3bba6a915f20fb921020523c111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/776ab40f53473998abb35089871fbe57112.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfb93fac1dcc7aac6d7cded8ae0d6cec113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2f344f4e4cad171113523cc519cc3e5114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c822dcc1a8946362e157e6fe2e0dba6115.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49a71d83f5d734e1a3078b45ddd8881a116.jpeg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ad0a427cae7d8087ba441fbe894983e117.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5245,740 +4996,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>122</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="117" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
-        <a:stretch>
-[...688 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -6245,51 +5306,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/5/antistresi-optom/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K146"/>
+  <dimension ref="A1:K123"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="28" customWidth="true" style="4"/>
     <col min="1" max="1" width="19" customWidth="true" style="0"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -6501,2430 +5562,2016 @@
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>42</v>
       </c>
       <c r="F13" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:11" customHeight="1" ht="71">
       <c r="A14"/>
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="F14" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:11" customHeight="1" ht="71">
       <c r="A15"/>
       <c r="B15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>42</v>
       </c>
       <c r="F15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:11" customHeight="1" ht="71">
       <c r="A16"/>
       <c r="B16" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C16" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D16" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="F16" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:11" customHeight="1" ht="71">
       <c r="A17"/>
       <c r="B17" t="s">
         <v>57</v>
       </c>
       <c r="C17" t="s">
         <v>58</v>
       </c>
       <c r="D17" t="s">
         <v>59</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F17" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="71">
       <c r="A18"/>
       <c r="B18" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F18" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="71">
       <c r="A19"/>
       <c r="B19" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C19" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D19" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>42</v>
       </c>
       <c r="F19" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="20" spans="1:11" customHeight="1" ht="71">
       <c r="A20"/>
       <c r="B20" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C20" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D20" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="F20" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="71">
       <c r="A21"/>
       <c r="B21" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C21" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D21" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="F21" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="71">
       <c r="A22"/>
       <c r="B22" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C22" t="s">
+        <v>78</v>
+      </c>
+      <c r="D22" t="s">
+        <v>79</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
         <v>76</v>
-      </c>
-[...7 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="71">
       <c r="A23"/>
       <c r="B23" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C23" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D23" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="F23" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="71">
       <c r="A24"/>
       <c r="B24" t="s">
         <v>83</v>
       </c>
       <c r="C24" t="s">
         <v>84</v>
       </c>
       <c r="D24" t="s">
         <v>85</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="71">
       <c r="A25"/>
       <c r="B25" t="s">
         <v>87</v>
       </c>
       <c r="C25" t="s">
         <v>88</v>
       </c>
       <c r="D25" t="s">
         <v>89</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>90</v>
+        <v>17</v>
       </c>
       <c r="F25" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="71">
       <c r="A26"/>
       <c r="B26" t="s">
+        <v>90</v>
+      </c>
+      <c r="C26" t="s">
+        <v>91</v>
+      </c>
+      <c r="D26" t="s">
         <v>92</v>
       </c>
-      <c r="C26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="4" t="s">
-        <v>90</v>
+        <v>17</v>
       </c>
       <c r="F26" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="71">
       <c r="A27"/>
       <c r="B27" t="s">
+        <v>93</v>
+      </c>
+      <c r="C27" t="s">
+        <v>94</v>
+      </c>
+      <c r="D27" t="s">
         <v>95</v>
       </c>
-      <c r="C27" t="s">
+      <c r="E27" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F27" t="s">
         <v>96</v>
-      </c>
-[...7 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="28" spans="1:11" customHeight="1" ht="71">
       <c r="A28"/>
       <c r="B28" t="s">
+        <v>97</v>
+      </c>
+      <c r="C28" t="s">
         <v>98</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>99</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="29" spans="1:11" customHeight="1" ht="71">
       <c r="A29"/>
       <c r="B29" t="s">
+        <v>101</v>
+      </c>
+      <c r="C29" t="s">
         <v>102</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>103</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F29" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="71">
       <c r="A30"/>
       <c r="B30" t="s">
         <v>105</v>
       </c>
       <c r="C30" t="s">
         <v>106</v>
       </c>
       <c r="D30" t="s">
         <v>107</v>
       </c>
       <c r="E30" s="4" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F30" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="31" spans="1:11" customHeight="1" ht="71">
       <c r="A31"/>
       <c r="B31" t="s">
         <v>108</v>
       </c>
       <c r="C31" t="s">
         <v>109</v>
       </c>
       <c r="D31" t="s">
         <v>110</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>17</v>
+        <v>111</v>
       </c>
       <c r="F31" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="32" spans="1:11" customHeight="1" ht="71">
       <c r="A32"/>
       <c r="B32" t="s">
+        <v>113</v>
+      </c>
+      <c r="C32" t="s">
+        <v>114</v>
+      </c>
+      <c r="D32" t="s">
+        <v>115</v>
+      </c>
+      <c r="E32" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="F32" t="s">
         <v>112</v>
-      </c>
-[...10 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="33" spans="1:11" customHeight="1" ht="71">
       <c r="A33"/>
       <c r="B33" t="s">
         <v>116</v>
       </c>
       <c r="C33" t="s">
         <v>117</v>
       </c>
       <c r="D33" t="s">
         <v>118</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>28</v>
+        <v>111</v>
       </c>
       <c r="F33" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
     </row>
     <row r="34" spans="1:11" customHeight="1" ht="71">
       <c r="A34"/>
       <c r="B34" t="s">
+        <v>119</v>
+      </c>
+      <c r="C34" t="s">
         <v>120</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>121</v>
       </c>
-      <c r="D34" t="s">
+      <c r="E34" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F34" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="35" spans="1:11" customHeight="1" ht="71">
       <c r="A35"/>
       <c r="B35" t="s">
         <v>123</v>
       </c>
       <c r="C35" t="s">
         <v>124</v>
       </c>
       <c r="D35" t="s">
         <v>125</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="F35" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
     </row>
     <row r="36" spans="1:11" customHeight="1" ht="71">
       <c r="A36"/>
       <c r="B36" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C36" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D36" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E36" s="4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F36" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="37" spans="1:11" customHeight="1" ht="71">
       <c r="A37"/>
       <c r="B37" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C37" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D37" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>42</v>
+        <v>111</v>
       </c>
       <c r="F37" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="38" spans="1:11" customHeight="1" ht="71">
       <c r="A38"/>
       <c r="B38" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C38" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D38" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>42</v>
       </c>
       <c r="F38" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="39" spans="1:11" customHeight="1" ht="71">
       <c r="A39"/>
       <c r="B39" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C39" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D39" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>42</v>
       </c>
       <c r="F39" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="40" spans="1:11" customHeight="1" ht="71">
       <c r="A40"/>
       <c r="B40" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C40" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D40" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>42</v>
       </c>
       <c r="F40" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
     </row>
     <row r="41" spans="1:11" customHeight="1" ht="71">
       <c r="A41"/>
       <c r="B41" t="s">
         <v>146</v>
       </c>
       <c r="C41" t="s">
         <v>147</v>
       </c>
       <c r="D41" t="s">
         <v>148</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F41" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="42" spans="1:11" customHeight="1" ht="71">
       <c r="A42"/>
       <c r="B42" t="s">
         <v>150</v>
       </c>
       <c r="C42" t="s">
         <v>151</v>
       </c>
       <c r="D42" t="s">
         <v>152</v>
       </c>
       <c r="E42" s="4" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F42" t="s">
-        <v>149</v>
+        <v>138</v>
       </c>
     </row>
     <row r="43" spans="1:11" customHeight="1" ht="71">
       <c r="A43"/>
       <c r="B43" t="s">
         <v>153</v>
       </c>
       <c r="C43" t="s">
         <v>154</v>
       </c>
       <c r="D43" t="s">
         <v>155</v>
       </c>
       <c r="E43" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F43" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="44" spans="1:11" customHeight="1" ht="71">
       <c r="A44"/>
       <c r="B44" t="s">
+        <v>157</v>
+      </c>
+      <c r="C44" t="s">
         <v>158</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>159</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" s="4" t="s">
         <v>160</v>
       </c>
-      <c r="E44" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
     </row>
     <row r="45" spans="1:11" customHeight="1" ht="71">
       <c r="A45"/>
       <c r="B45" t="s">
+        <v>162</v>
+      </c>
+      <c r="C45" t="s">
+        <v>163</v>
+      </c>
+      <c r="D45" t="s">
+        <v>164</v>
+      </c>
+      <c r="E45" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="F45" t="s">
         <v>161</v>
-      </c>
-[...10 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="46" spans="1:11" customHeight="1" ht="71">
       <c r="A46"/>
       <c r="B46" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C46" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D46" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E46" s="4" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="F46" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="47" spans="1:11" customHeight="1" ht="71">
       <c r="A47"/>
       <c r="B47" t="s">
+        <v>169</v>
+      </c>
+      <c r="C47" t="s">
+        <v>170</v>
+      </c>
+      <c r="D47" t="s">
+        <v>171</v>
+      </c>
+      <c r="E47" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F47" t="s">
         <v>168</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="48" spans="1:11" customHeight="1" ht="71">
       <c r="A48"/>
       <c r="B48" t="s">
         <v>172</v>
       </c>
       <c r="C48" t="s">
         <v>173</v>
       </c>
       <c r="D48" t="s">
         <v>174</v>
       </c>
       <c r="E48" s="4" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="F48" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
     </row>
     <row r="49" spans="1:11" customHeight="1" ht="71">
       <c r="A49"/>
       <c r="B49" t="s">
+        <v>175</v>
+      </c>
+      <c r="C49" t="s">
         <v>176</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>177</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F49" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="50" spans="1:11" customHeight="1" ht="71">
       <c r="A50"/>
       <c r="B50" t="s">
         <v>179</v>
       </c>
       <c r="C50" t="s">
         <v>180</v>
       </c>
       <c r="D50" t="s">
         <v>181</v>
       </c>
       <c r="E50" s="4" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="F50" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="51" spans="1:11" customHeight="1" ht="71">
       <c r="A51"/>
       <c r="B51" t="s">
         <v>183</v>
       </c>
       <c r="C51" t="s">
         <v>184</v>
       </c>
       <c r="D51" t="s">
         <v>185</v>
       </c>
       <c r="E51" s="4" t="s">
-        <v>28</v>
+        <v>186</v>
       </c>
       <c r="F51" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="52" spans="1:11" customHeight="1" ht="71">
       <c r="A52"/>
       <c r="B52" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C52" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D52" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E52" s="4" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="F52" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="53" spans="1:11" customHeight="1" ht="71">
       <c r="A53"/>
       <c r="B53" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C53" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D53" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F53" t="s">
-        <v>141</v>
+        <v>195</v>
       </c>
     </row>
     <row r="54" spans="1:11" customHeight="1" ht="71">
       <c r="A54"/>
       <c r="B54" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C54" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D54" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="E54" s="4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F54" t="s">
-        <v>141</v>
+        <v>199</v>
       </c>
     </row>
     <row r="55" spans="1:11" customHeight="1" ht="71">
       <c r="A55"/>
       <c r="B55" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C55" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D55" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="F55" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="56" spans="1:11" customHeight="1" ht="71">
       <c r="A56"/>
       <c r="B56" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C56" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="D56" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="E56" s="4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F56" t="s">
-        <v>141</v>
+        <v>207</v>
       </c>
     </row>
     <row r="57" spans="1:11" customHeight="1" ht="71">
       <c r="A57"/>
       <c r="B57" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C57" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="D57" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="E57" s="4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F57" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
     </row>
     <row r="58" spans="1:11" customHeight="1" ht="71">
       <c r="A58"/>
       <c r="B58" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="C58" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="D58" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="E58" s="4" t="s">
-        <v>42</v>
+        <v>160</v>
       </c>
       <c r="F58" t="s">
-        <v>141</v>
+        <v>215</v>
       </c>
     </row>
     <row r="59" spans="1:11" customHeight="1" ht="71">
       <c r="A59"/>
       <c r="B59" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="C59" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="D59" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="E59" s="4" t="s">
-        <v>17</v>
+        <v>160</v>
       </c>
       <c r="F59" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="60" spans="1:11" customHeight="1" ht="71">
       <c r="A60"/>
       <c r="B60" t="s">
+        <v>219</v>
+      </c>
+      <c r="C60" t="s">
+        <v>220</v>
+      </c>
+      <c r="D60" t="s">
+        <v>221</v>
+      </c>
+      <c r="E60" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="F60" t="s">
         <v>215</v>
-      </c>
-[...10 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="61" spans="1:11" customHeight="1" ht="71">
       <c r="A61"/>
       <c r="B61" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C61" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D61" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="E61" s="4" t="s">
-        <v>222</v>
+        <v>160</v>
       </c>
       <c r="F61" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="62" spans="1:11" customHeight="1" ht="71">
       <c r="A62"/>
       <c r="B62" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C62" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D62" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="E62" s="4" t="s">
-        <v>222</v>
+        <v>17</v>
       </c>
       <c r="F62" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
     </row>
     <row r="63" spans="1:11" customHeight="1" ht="71">
       <c r="A63"/>
       <c r="B63" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C63" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D63" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="E63" s="4" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F63" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
     </row>
     <row r="64" spans="1:11" customHeight="1" ht="71">
       <c r="A64"/>
       <c r="B64" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C64" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D64" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="E64" s="4" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F64" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
     </row>
     <row r="65" spans="1:11" customHeight="1" ht="71">
       <c r="A65"/>
       <c r="B65" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C65" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="D65" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F65" t="s">
-        <v>230</v>
+        <v>241</v>
       </c>
     </row>
     <row r="66" spans="1:11" customHeight="1" ht="71">
       <c r="A66"/>
       <c r="B66" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="C66" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="D66" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="E66" s="4" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F66" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="67" spans="1:11" customHeight="1" ht="71">
       <c r="A67"/>
       <c r="B67" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="C67" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="D67" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F67" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="68" spans="1:11" customHeight="1" ht="71">
       <c r="A68"/>
       <c r="B68" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="C68" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="D68" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="E68" s="4" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F68" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
     </row>
     <row r="69" spans="1:11" customHeight="1" ht="71">
       <c r="A69"/>
       <c r="B69" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="C69" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="D69" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="E69" s="4" t="s">
-        <v>252</v>
+        <v>42</v>
       </c>
       <c r="F69" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
     </row>
     <row r="70" spans="1:11" customHeight="1" ht="71">
       <c r="A70"/>
       <c r="B70" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C70" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="D70" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="E70" s="4" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="F70" t="s">
-        <v>257</v>
+        <v>241</v>
       </c>
     </row>
     <row r="71" spans="1:11" customHeight="1" ht="71">
       <c r="A71"/>
       <c r="B71" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C71" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D71" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="E71" s="4" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F71" t="s">
-        <v>261</v>
+        <v>249</v>
       </c>
     </row>
     <row r="72" spans="1:11" customHeight="1" ht="71">
       <c r="A72"/>
       <c r="B72" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C72" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D72" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E72" s="4" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="F72" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="73" spans="1:11" customHeight="1" ht="71">
       <c r="A73"/>
       <c r="B73" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C73" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D73" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E73" s="4" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F73" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="74" spans="1:11" customHeight="1" ht="71">
       <c r="A74"/>
       <c r="B74" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C74" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D74" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="E74" s="4" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F74" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="75" spans="1:11" customHeight="1" ht="71">
       <c r="A75"/>
       <c r="B75" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C75" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D75" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E75" s="4" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F75" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="76" spans="1:11" customHeight="1" ht="71">
       <c r="A76"/>
       <c r="B76" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C76" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D76" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E76" s="4" t="s">
-        <v>222</v>
+        <v>160</v>
       </c>
       <c r="F76" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="77" spans="1:11" customHeight="1" ht="71">
       <c r="A77"/>
       <c r="B77" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C77" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D77" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E77" s="4" t="s">
-        <v>222</v>
+        <v>17</v>
       </c>
       <c r="F77" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="78" spans="1:11" customHeight="1" ht="71">
       <c r="A78"/>
       <c r="B78" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C78" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D78" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="E78" s="4" t="s">
-        <v>222</v>
+        <v>17</v>
       </c>
       <c r="F78" t="s">
-        <v>281</v>
+        <v>266</v>
       </c>
     </row>
     <row r="79" spans="1:11" customHeight="1" ht="71">
       <c r="A79"/>
       <c r="B79" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C79" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D79" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="E79" s="4" t="s">
-        <v>222</v>
+        <v>28</v>
       </c>
       <c r="F79" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="80" spans="1:11" customHeight="1" ht="71">
       <c r="A80"/>
       <c r="B80" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C80" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D80" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="E80" s="4" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="F80" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="81" spans="1:11" customHeight="1" ht="71">
       <c r="A81"/>
       <c r="B81" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C81" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D81" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="E81" s="4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F81" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="82" spans="1:11" customHeight="1" ht="71">
       <c r="A82"/>
       <c r="B82" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C82" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D82" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="E82" s="4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F82" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="83" spans="1:11" customHeight="1" ht="71">
       <c r="A83"/>
       <c r="B83" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C83" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D83" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="E83" s="4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F83" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="84" spans="1:11" customHeight="1" ht="71">
       <c r="A84"/>
       <c r="B84" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C84" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D84" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="E84" s="4" t="s">
         <v>42</v>
       </c>
       <c r="F84" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="85" spans="1:11" customHeight="1" ht="71">
       <c r="A85"/>
       <c r="B85" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C85" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D85" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="E85" s="4" t="s">
         <v>42</v>
       </c>
       <c r="F85" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="86" spans="1:11" customHeight="1" ht="71">
       <c r="A86"/>
       <c r="B86" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C86" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D86" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="E86" s="4" t="s">
         <v>42</v>
       </c>
       <c r="F86" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
     </row>
     <row r="87" spans="1:11" customHeight="1" ht="71">
       <c r="A87"/>
       <c r="B87" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="C87" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="D87" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="E87" s="4" t="s">
         <v>42</v>
       </c>
       <c r="F87" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
     </row>
     <row r="88" spans="1:11" customHeight="1" ht="71">
       <c r="A88"/>
       <c r="B88" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="C88" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="D88" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="E88" s="4" t="s">
         <v>42</v>
       </c>
       <c r="F88" t="s">
-        <v>307</v>
+        <v>329</v>
       </c>
     </row>
     <row r="89" spans="1:11" customHeight="1" ht="71">
       <c r="A89"/>
       <c r="B89" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="C89" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D89" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="E89" s="4" t="s">
         <v>42</v>
       </c>
       <c r="F89" t="s">
-        <v>315</v>
+        <v>333</v>
       </c>
     </row>
     <row r="90" spans="1:11" customHeight="1" ht="71">
       <c r="A90"/>
       <c r="B90" t="s">
+        <v>334</v>
+      </c>
+      <c r="C90" t="s">
+        <v>335</v>
+      </c>
+      <c r="D90" t="s">
+        <v>336</v>
+      </c>
+      <c r="E90" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F90" t="s">
         <v>329</v>
-      </c>
-[...10 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="91" spans="1:11" customHeight="1" ht="71">
       <c r="A91"/>
       <c r="B91" t="s">
-        <v>333</v>
+        <v>242</v>
       </c>
       <c r="C91" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="D91" t="s">
-        <v>335</v>
+        <v>244</v>
       </c>
       <c r="E91" s="4" t="s">
         <v>42</v>
       </c>
       <c r="F91" t="s">
-        <v>336</v>
+        <v>245</v>
       </c>
     </row>
     <row r="92" spans="1:11" customHeight="1" ht="71">
       <c r="A92"/>
       <c r="B92" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C92" t="s">
-        <v>338</v>
+        <v>243</v>
       </c>
       <c r="D92" t="s">
         <v>339</v>
       </c>
       <c r="E92" s="4" t="s">
         <v>42</v>
       </c>
       <c r="F92" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="93" spans="1:11" customHeight="1" ht="71">
       <c r="A93"/>
       <c r="B93" t="s">
         <v>341</v>
       </c>
       <c r="C93" t="s">
         <v>342</v>
       </c>
       <c r="D93" t="s">
         <v>343</v>
       </c>
       <c r="E93" s="4" t="s">
         <v>42</v>
       </c>
       <c r="F93" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="94" spans="1:11" customHeight="1" ht="71">
       <c r="A94"/>
       <c r="B94" t="s">
         <v>345</v>
       </c>
       <c r="C94" t="s">
         <v>346</v>
       </c>
       <c r="D94" t="s">
         <v>347</v>
       </c>
       <c r="E94" s="4" t="s">
-        <v>222</v>
+        <v>42</v>
       </c>
       <c r="F94" t="s">
-        <v>348</v>
+        <v>245</v>
       </c>
     </row>
     <row r="95" spans="1:11" customHeight="1" ht="71">
       <c r="A95"/>
       <c r="B95" t="s">
+        <v>348</v>
+      </c>
+      <c r="C95" t="s">
         <v>349</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
         <v>350</v>
       </c>
-      <c r="D95" t="s">
+      <c r="E95" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F95" t="s">
         <v>351</v>
-      </c>
-[...4 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="96" spans="1:11" customHeight="1" ht="71">
       <c r="A96"/>
       <c r="B96" t="s">
+        <v>352</v>
+      </c>
+      <c r="C96" t="s">
         <v>353</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
         <v>354</v>
       </c>
-      <c r="D96" t="s">
+      <c r="E96" s="4" t="s">
         <v>355</v>
       </c>
-      <c r="E96" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F96" t="s">
-        <v>332</v>
+        <v>356</v>
       </c>
     </row>
     <row r="97" spans="1:11" customHeight="1" ht="71">
       <c r="A97"/>
       <c r="B97" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C97" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D97" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E97" s="4" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F97" t="s">
-        <v>359</v>
+        <v>249</v>
       </c>
     </row>
     <row r="98" spans="1:11" customHeight="1" ht="71">
       <c r="A98"/>
       <c r="B98" t="s">
         <v>360</v>
       </c>
       <c r="C98" t="s">
         <v>361</v>
       </c>
       <c r="D98" t="s">
         <v>362</v>
       </c>
       <c r="E98" s="4" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F98" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="99" spans="1:11" customHeight="1" ht="71">
       <c r="A99"/>
       <c r="B99" t="s">
         <v>364</v>
       </c>
       <c r="C99" t="s">
         <v>365</v>
       </c>
       <c r="D99" t="s">
         <v>366</v>
       </c>
       <c r="E99" s="4" t="s">
-        <v>28</v>
+        <v>355</v>
       </c>
       <c r="F99" t="s">
-        <v>367</v>
+        <v>356</v>
       </c>
     </row>
     <row r="100" spans="1:11" customHeight="1" ht="71">
       <c r="A100"/>
       <c r="B100" t="s">
+        <v>367</v>
+      </c>
+      <c r="C100" t="s">
         <v>368</v>
       </c>
-      <c r="C100" t="s">
+      <c r="D100" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
       <c r="E100" s="4" t="s">
         <v>28</v>
       </c>
       <c r="F100" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
     </row>
     <row r="101" spans="1:11" customHeight="1" ht="71">
       <c r="A101"/>
       <c r="B101" t="s">
+        <v>371</v>
+      </c>
+      <c r="C101" t="s">
         <v>372</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="E101" s="4" t="s">
         <v>28</v>
       </c>
       <c r="F101" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
     </row>
     <row r="102" spans="1:11" customHeight="1" ht="71">
       <c r="A102"/>
       <c r="B102" t="s">
+        <v>375</v>
+      </c>
+      <c r="C102" t="s">
         <v>376</v>
       </c>
-      <c r="C102" t="s">
+      <c r="D102" t="s">
         <v>377</v>
       </c>
-      <c r="D102" t="s">
+      <c r="E102" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F102" t="s">
         <v>378</v>
-      </c>
-[...4 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="103" spans="1:11" customHeight="1" ht="71">
       <c r="A103"/>
       <c r="B103" t="s">
+        <v>379</v>
+      </c>
+      <c r="C103" t="s">
         <v>380</v>
       </c>
-      <c r="C103" t="s">
+      <c r="D103" t="s">
         <v>381</v>
       </c>
-      <c r="D103" t="s">
+      <c r="E103" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F103" t="s">
         <v>382</v>
-      </c>
-[...4 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="104" spans="1:11" customHeight="1" ht="71">
       <c r="A104"/>
       <c r="B104" t="s">
+        <v>383</v>
+      </c>
+      <c r="C104" t="s">
         <v>384</v>
       </c>
-      <c r="C104" t="s">
+      <c r="D104" t="s">
         <v>385</v>
       </c>
-      <c r="D104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E104" s="4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F104" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
     </row>
     <row r="105" spans="1:11" customHeight="1" ht="71">
       <c r="A105"/>
       <c r="B105" t="s">
+        <v>386</v>
+      </c>
+      <c r="C105" t="s">
+        <v>387</v>
+      </c>
+      <c r="D105" t="s">
         <v>388</v>
       </c>
-      <c r="C105" t="s">
+      <c r="E105" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F105" t="s">
         <v>389</v>
-      </c>
-[...7 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="106" spans="1:11" customHeight="1" ht="71">
       <c r="A106"/>
       <c r="B106" t="s">
+        <v>390</v>
+      </c>
+      <c r="C106" t="s">
+        <v>391</v>
+      </c>
+      <c r="D106" t="s">
         <v>392</v>
       </c>
-      <c r="C106" t="s">
+      <c r="E106" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F106" t="s">
         <v>393</v>
-      </c>
-[...7 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="107" spans="1:11" customHeight="1" ht="71">
       <c r="A107"/>
       <c r="B107" t="s">
+        <v>394</v>
+      </c>
+      <c r="C107" t="s">
+        <v>395</v>
+      </c>
+      <c r="D107" t="s">
         <v>396</v>
       </c>
-      <c r="C107" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E107" s="4" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="F107" t="s">
-        <v>399</v>
+        <v>266</v>
       </c>
     </row>
     <row r="108" spans="1:11" customHeight="1" ht="71">
       <c r="A108"/>
       <c r="B108" t="s">
+        <v>397</v>
+      </c>
+      <c r="C108" t="s">
+        <v>398</v>
+      </c>
+      <c r="D108" t="s">
+        <v>399</v>
+      </c>
+      <c r="E108" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F108" t="s">
         <v>400</v>
-      </c>
-[...10 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="109" spans="1:11" customHeight="1" ht="71">
       <c r="A109"/>
       <c r="B109" t="s">
-        <v>308</v>
+        <v>401</v>
       </c>
       <c r="C109" t="s">
+        <v>402</v>
+      </c>
+      <c r="D109" t="s">
         <v>403</v>
       </c>
-      <c r="D109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E109" s="4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F109" t="s">
-        <v>311</v>
+        <v>404</v>
       </c>
     </row>
     <row r="110" spans="1:11" customHeight="1" ht="71">
       <c r="A110"/>
       <c r="B110" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C110" t="s">
-        <v>309</v>
+        <v>406</v>
       </c>
       <c r="D110" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="E110" s="4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F110" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
     </row>
     <row r="111" spans="1:11" customHeight="1" ht="71">
       <c r="A111"/>
       <c r="B111" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C111" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="D111" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="E111" s="4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F111" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
     </row>
     <row r="112" spans="1:11" customHeight="1" ht="71">
       <c r="A112"/>
       <c r="B112" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C112" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D112" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="E112" s="4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F112" t="s">
-        <v>311</v>
+        <v>415</v>
       </c>
     </row>
     <row r="113" spans="1:11" customHeight="1" ht="71">
       <c r="A113"/>
       <c r="B113" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="C113" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="D113" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="E113" s="4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F113" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
     </row>
     <row r="114" spans="1:11" customHeight="1" ht="71">
       <c r="A114"/>
       <c r="B114" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C114" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D114" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="E114" s="4" t="s">
-        <v>421</v>
+        <v>28</v>
       </c>
       <c r="F114" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="115" spans="1:11" customHeight="1" ht="71">
       <c r="A115"/>
       <c r="B115" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C115" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D115" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E115" s="4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F115" t="s">
-        <v>315</v>
+        <v>427</v>
       </c>
     </row>
     <row r="116" spans="1:11" customHeight="1" ht="71">
       <c r="A116"/>
       <c r="B116" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="C116" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="D116" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E116" s="4" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="F116" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
     </row>
     <row r="117" spans="1:11" customHeight="1" ht="71">
       <c r="A117"/>
       <c r="B117" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C117" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="D117" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="E117" s="4" t="s">
-        <v>421</v>
+        <v>28</v>
       </c>
       <c r="F117" t="s">
-        <v>422</v>
+        <v>435</v>
       </c>
     </row>
     <row r="118" spans="1:11" customHeight="1" ht="71">
       <c r="A118"/>
       <c r="B118" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="C118" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="D118" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="E118" s="4" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="F118" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
     </row>
     <row r="119" spans="1:11" customHeight="1" ht="71">
       <c r="A119"/>
       <c r="B119" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="C119" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="D119" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="E119" s="4" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F119" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
     </row>
     <row r="120" spans="1:11" customHeight="1" ht="71">
       <c r="A120"/>
       <c r="B120" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="C120" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="D120" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="E120" s="4" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F120" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
     </row>
     <row r="121" spans="1:11" customHeight="1" ht="71">
       <c r="A121"/>
       <c r="B121" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="C121" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="D121" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="E121" s="4" t="s">
         <v>28</v>
       </c>
       <c r="F121" t="s">
-        <v>448</v>
+        <v>404</v>
       </c>
     </row>
     <row r="122" spans="1:11" customHeight="1" ht="71">
       <c r="A122"/>
       <c r="B122" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="C122" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D122" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="E122" s="4" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F122" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="123" spans="1:11" customHeight="1" ht="71">
       <c r="A123"/>
       <c r="B123" t="s">
         <v>453</v>
       </c>
       <c r="C123" t="s">
         <v>454</v>
       </c>
       <c r="D123" t="s">
         <v>455</v>
       </c>
       <c r="E123" s="4" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F123" t="s">
-        <v>452</v>
-[...4 lines deleted...]
-      <c r="B124" t="s">
         <v>456</v>
-      </c>
-[...406 lines deleted...]
-        <v>91</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 