--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -31,57 +31,57 @@
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Пищалки, іграшки для ванної оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>03:41</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Дитяча гумова пищалка Вухань 10 см</t>
   </si>
   <si>
     <t>23-4666</t>
   </si>
@@ -396,51 +396,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09f1a279511811f40f2433a94d4526f41.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563296ed8b0893f9dd8841f0c84772bb2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83703e95a9737486000518066109629e3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ad717289891d2dff0fc68fe097c93db4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1c524a141c9735b675e4c932bfb1b705.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b58b4562d160cb78c7641400e5c7db426.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88557c3f7b598c1efcc3ee582ccae65b7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b64f55dd7afb369896f5c31a0aca4cca8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e810d928ca01111997f19cadd8db11bf9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32ca441a9dd031c2eaaf3dfafdecaddb10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cae236ee43d32cd171e282cda6e4ce7911.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a8e18ba7b6d19c3812a1c94af2e072812.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a423d117ac82eb6e6914c800cc78ad5313.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/466c5a9d2be10940fc78a9bbe917103e14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3587e457149f2e4d97571d954fce937815.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9df726d03bcf700c19f3540bd442537416.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9df8d8a6e60f2ccb1a83522df7db552417.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49a4b51b683b20841eaa4f3a9b148b5a18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f3ad41474fd72ba16e90faa765851019.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daa00e1d252c9d5f6e6f7d8af607959a1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4e58376f6a7d17689987d2da0e8b5d92.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e881d3607b3cd16068b729e668806d9b3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed060ccec1641ff5d9d7e55237c3d5a74.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b529668a4f60a51a2147e39850bed7805.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64deee339fa13c252ef560f67d7378f6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b79a852bed317be07990a986c6f1a037.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1351c091d7b989d0006355e5745b24fa8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3e211ed10995c80528355f747137c8d9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692a492c87f725aa943d0c08764b434310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3debfc1a440a800af6b23a9409a7dae511.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ad4cd2ad6bc0fc7cb22194a52c3d2db12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd205154232fdf363f89c7df34dfaaee13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85ec44fc59c47b12787133b48361240214.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae10c5effe1725d9efd26bdfe36ef33f15.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/305939e58923d9c3a5dd39e127ff9cc716.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e985e27a21a48a95d51f2a8cdd69a15417.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c683bbae841e48cb82ec2c0bce963de18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94e0543c247d2f115d2948406e812a1819.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>