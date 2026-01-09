--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -14,74 +14,74 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Іграшки інтерактивні оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>04:18</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Інтерактивна іграшка ходилка Вухань 15 см</t>
   </si>
   <si>
     <t>23-5294</t>
   </si>
@@ -184,116 +184,95 @@
   <si>
     <t>1000000005110</t>
   </si>
   <si>
     <t>Собачка ходилка з дзвіночком</t>
   </si>
   <si>
     <t>23-165</t>
   </si>
   <si>
     <t>000000001570</t>
   </si>
   <si>
     <t>Собачки ходилки світяться великі</t>
   </si>
   <si>
     <t>23-167</t>
   </si>
   <si>
     <t>1000000001600</t>
   </si>
   <si>
     <t>159,39</t>
   </si>
   <si>
-    <t>Іграшка песик Чихуахуа що гавкає</t>
-[...7 lines deleted...]
-  <si>
     <t>Собачка ходилка Собачки</t>
   </si>
   <si>
     <t>23-166</t>
   </si>
   <si>
     <t>1000000001662</t>
   </si>
   <si>
     <t>130,41</t>
   </si>
   <si>
     <t>Конячка ходилка пластикова світиться</t>
   </si>
   <si>
     <t>23-150</t>
   </si>
   <si>
     <t>1000000001501</t>
   </si>
   <si>
     <t>118,82</t>
   </si>
   <si>
     <t>Собачка ходилка Патруль 15 см</t>
   </si>
   <si>
     <t>23-990</t>
   </si>
   <si>
     <t>1000000009903</t>
   </si>
   <si>
     <t>Собачка ходилка з Нашийником 18 см</t>
   </si>
   <si>
     <t>23-413</t>
   </si>
   <si>
     <t>1000000004137</t>
   </si>
   <si>
     <t>143,45</t>
   </si>
   <si>
-    <t>Англомовний танцюючий Кактус повторюшка USB</t>
-[...10 lines deleted...]
-  <si>
     <t>Звукова ходилка Капібара 16 см</t>
   </si>
   <si>
     <t>23-1566</t>
   </si>
   <si>
     <t>1000000015669</t>
   </si>
   <si>
     <t>163,74</t>
   </si>
   <si>
     <t>Інтерактивна іграшка ходилка Черепашка</t>
   </si>
   <si>
     <t>23-4787</t>
   </si>
   <si>
     <t>1000000047875</t>
   </si>
   <si>
     <t>Інтерактивна іграшка ходилка  Аніме 15,5 см</t>
   </si>
   <si>
     <t>23-4785</t>
@@ -425,62 +404,50 @@
     <t>120,75</t>
   </si>
   <si>
     <t>Ходилка Вухань 2 кольори 18 см</t>
   </si>
   <si>
     <t>23-4549</t>
   </si>
   <si>
     <t>1000000045499</t>
   </si>
   <si>
     <t>208,36</t>
   </si>
   <si>
     <t>Інтерактивний песик різнокольоровий</t>
   </si>
   <si>
     <t>23-164</t>
   </si>
   <si>
     <t>1000000001648</t>
   </si>
   <si>
     <t>115,92</t>
-  </si>
-[...10 lines deleted...]
-    <t>115,44</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF1315F0"/>
       <name val="Calibri"/>
@@ -546,51 +513,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f06c8114519342ad686d1ebaeebdee31.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad4e605b7a026f22b53c6d14186c295b2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/678a7900742c93904db2defab7fb4a6d3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4cb5e17af3cd122e29f2e36dc6f43fd4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0672fb781e1e14743456d12a60a3b895.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f5134ea85284cb7f90a10d268c760946.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f97742f51ffb6557cb7a89803d38cf7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461d89b4b15ee19f7c9c45a9631fa6698.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccca05246f1eae31cd867470755547d99.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ee0e4e4f12d892fa588496a30d6be1b10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bed8bb8212ba24dcbfdb477ca1d12db611.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cebbd8f026bf3ba436289cca216cd43912.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f08f225c3624bb17f4cdb6c769b493e613.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e1c53958433e16d6e42f5c0ab2232414.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7900987bc62fac9843c20a7a00ea3b515.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60586eeb524a3ac273625cd7cd1f5c1b16.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1602bc068143fa4855b039448a8762bb17.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa37a0ca7b9fce9e5c4f4e9d6bc9954718.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d4ba15aef805e44711428c3984f09519.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eb946daff19c392a82cb9d9b540dc2f20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86fb6539d16b28ccd543638964d8b50421.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55608fe5c3d8bac166a64603d07a06ca22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8821207f4de21f0f1b9af7159c2279023.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76c3a125abb28a744c630b37a86fe2e624.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/848ee92606a1333236809058fc610c5b25.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00a23a45039d1f736ffa80b0e627d4db26.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3aa5d5c0046ca46c38809e4a1e04a7b27.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5698b61b4627ea9e9faaab1413b7427728.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/330480ec1222968af234bd244e2dbd7c29.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3351d8a62b95240a51c297b501f2aaa30.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f1b7765b186cb2665745313b9402f7f31.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40ddf1cbf78694a1ee844c4a644b7cc132.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8b43feea3f20599bd6160e4364f6a8c33.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de57f6cb04b2404deccd9e26068fe7ac34.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534beae350c53c799e6262f4aea17c801.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2376cc35ca438d07410ca1a5898017a12.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4982d339eecc8608c13657fa00eb22393.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9701aae952833f212fce5a0e0875fbd34.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dcbb9a3ac306c0eb2e8b49c89c48e6e5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafb0db3f2dd9586c032a8472f6b1f246.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692bd78f455f53d6d1ac0740b81194e07.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a408d4ec5ebc19a50f472c25b03ed7338.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/215f87a45824c1387ba701c4ea84a34d9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc77180539536d921fcaac8290209c6b10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5841f9411dbae4dd8ff01b0fd0d15d7011.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6af9e8d4dab50b36f073974994990fc612.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1928b5bbd91412c7038fababc0cd6ee613.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7a8e22dae031bc57ba59a56c78727e314.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ba7f2efe1a0a524da5905de69ab80315.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a21b3d501775bbc74495f7ac9202070d16.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b11446fd5708c456e58b6653ea42a817.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1fe135c4470145bd07c6f84b08ca3b818.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39855cfa12970a98a28461c006297f3119.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7434478c87789081805c48099b3a10520.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f340223a021185b0f8e5b0057cf330721.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d88066becf80fcbeed378c579d4dd0122.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a75b3f3daf9475f9e43c2d603704ce7623.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17603730899eef9945d85b39fd829a9424.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65bf6cb4c851ea1eca1ad15fb9cb167425.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62d272b39ee018f8789d363fb0f0c29b26.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adc7ab113f1c7adbc74f21d2b75671c327.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f67775816a971e32b3a2a2390f3bcb2928.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ae23c5746b841baf0408b8b70f4c3d029.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdeb20f4e34dd418249b12612b7227de30.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76d9aeb43505a94168dff12f2ae8fc4131.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1468,140 +1435,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
-        <a:stretch>
-[...88 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1868,51 +1745,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/45/igrashki-interaktivni-optom/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K40"/>
+  <dimension ref="A1:K37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="28" customWidth="true" style="4"/>
     <col min="1" max="1" width="19" customWidth="true" style="0"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -2199,177 +2076,177 @@
       <c r="D17" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="71">
       <c r="A18"/>
       <c r="B18" t="s">
         <v>56</v>
       </c>
       <c r="C18" t="s">
         <v>57</v>
       </c>
       <c r="D18" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F18" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="71">
       <c r="A19"/>
       <c r="B19" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C19" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D19" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="20" spans="1:11" customHeight="1" ht="71">
       <c r="A20"/>
       <c r="B20" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C20" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D20" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="71">
       <c r="A21"/>
       <c r="B21" t="s">
         <v>67</v>
       </c>
       <c r="C21" t="s">
         <v>68</v>
       </c>
       <c r="D21" t="s">
         <v>69</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="71">
       <c r="A22"/>
       <c r="B22" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C22" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D22" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="71">
       <c r="A23"/>
       <c r="B23" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C23" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D23" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
-        <v>77</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="71">
       <c r="A24"/>
       <c r="B24" t="s">
         <v>78</v>
       </c>
       <c r="C24" t="s">
         <v>79</v>
       </c>
       <c r="D24" t="s">
         <v>80</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="71">
       <c r="A25"/>
       <c r="B25" t="s">
         <v>82</v>
       </c>
       <c r="C25" t="s">
         <v>83</v>
       </c>
       <c r="D25" t="s">
         <v>84</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="71">
       <c r="A26"/>
       <c r="B26" t="s">
         <v>85</v>
       </c>
       <c r="C26" t="s">
         <v>86</v>
       </c>
       <c r="D26" t="s">
         <v>87</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="71">
       <c r="A27"/>
       <c r="B27" t="s">
         <v>89</v>
       </c>
@@ -2379,267 +2256,213 @@
       <c r="D27" t="s">
         <v>91</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F27" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="28" spans="1:11" customHeight="1" ht="71">
       <c r="A28"/>
       <c r="B28" t="s">
         <v>92</v>
       </c>
       <c r="C28" t="s">
         <v>93</v>
       </c>
       <c r="D28" t="s">
         <v>94</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F28" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
     </row>
     <row r="29" spans="1:11" customHeight="1" ht="71">
       <c r="A29"/>
       <c r="B29" t="s">
+        <v>95</v>
+      </c>
+      <c r="C29" t="s">
         <v>96</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>97</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F29" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="71">
       <c r="A30"/>
       <c r="B30" t="s">
         <v>99</v>
       </c>
       <c r="C30" t="s">
         <v>100</v>
       </c>
       <c r="D30" t="s">
         <v>101</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F30" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
     </row>
     <row r="31" spans="1:11" customHeight="1" ht="71">
       <c r="A31"/>
       <c r="B31" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C31" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D31" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F31" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="32" spans="1:11" customHeight="1" ht="71">
       <c r="A32"/>
       <c r="B32" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C32" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D32" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F32" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="33" spans="1:11" customHeight="1" ht="71">
       <c r="A33"/>
       <c r="B33" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C33" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D33" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F33" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
     </row>
     <row r="34" spans="1:11" customHeight="1" ht="71">
       <c r="A34"/>
       <c r="B34" t="s">
         <v>114</v>
       </c>
       <c r="C34" t="s">
         <v>115</v>
       </c>
       <c r="D34" t="s">
         <v>116</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F34" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="35" spans="1:11" customHeight="1" ht="71">
       <c r="A35"/>
       <c r="B35" t="s">
         <v>118</v>
       </c>
       <c r="C35" t="s">
         <v>119</v>
       </c>
       <c r="D35" t="s">
         <v>120</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F35" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
     </row>
     <row r="36" spans="1:11" customHeight="1" ht="71">
       <c r="A36"/>
       <c r="B36" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C36" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D36" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F36" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:11" customHeight="1" ht="71">
       <c r="A37"/>
       <c r="B37" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C37" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D37" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F37" t="s">
-        <v>128</v>
-[...4 lines deleted...]
-      <c r="B38" t="s">
         <v>129</v>
-      </c>
-[...46 lines deleted...]
-        <v>140</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 