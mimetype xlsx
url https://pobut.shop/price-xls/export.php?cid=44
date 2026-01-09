--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -31,57 +31,57 @@
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Іграшки липучки оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>04:18</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Іграшка липучка Сколопендра 20 см</t>
   </si>
   <si>
     <t>23-4737</t>
   </si>
@@ -276,51 +276,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aea88b705e8352f3efbae97f763f01e1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c688e922ab4a9cb637d81a264a661382.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cc9fc75d8e8a692b83d2d0aaa7f7d083.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37e0ea54875746d6be927d23e58911524.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c63184cee5c31e4704787d1b751786fd5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98749d000a365bcb60ff4ec66a3bdb5e6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e48b00623d5752f773498e7698079ab7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8df9d408d329c2b36e09d552120b44768.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/164a6eef659f941d72dfb809d56868d09.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47fbe3724428dfff051528e15eee0b7b10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2638d305f57b732d6ac942eb570106d511.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0932513896715a40914aeaec85c30fa1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdc236541a48889f8013f6ba85300c0e2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee56524b7fd984f0cdfb67e5c4f8e8303.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213aeffff6cbbef5bb40cb9a37c3b81c4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab734ac7c2a98e4dd11150c527d236e35.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8b0b7e9d656f3ca067dde78000c9ce56.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14e47565b52bd023a9646a7fedfd7d07.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/131772a5a662136c8cdda3f6c8c4efaa8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95ac8d9cd59e4c9a3c258189eb8c365f9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab979c9702a7deaaef0f5ad83cce1a0f10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bd6ea8c6404891d161a3da3f8992b911.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>