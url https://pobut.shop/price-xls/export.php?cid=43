--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -31,57 +31,57 @@
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Пластикові іграшки оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>04:18</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Ігровий набір Аніме  на фіолетовій машині 20 см</t>
   </si>
   <si>
     <t>23-4267</t>
   </si>
@@ -768,51 +768,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f679d40cb07475ace24664f08c4707c1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caaa58e950370093446491e3e517cddb2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522aa7b7965e67536ddcb25a331b5f713.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2e35c6b3e6cf86719df515c824ec8324.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326c7b08afe4141937e63c8da28f711e5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db31095fe4f18dad7e5ae2b7eb79e0d06.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/319cc30ccf45020c8ef763685e836c7c7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc55dc2f0d8deafceecc94c9202fb2678.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c336a32d98a470a3c24c18f1a26bcef79.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d47957b089905e221a436d1e50673de10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ffbcfe27ec6f831686dd7bc9e10dacd11.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ccb29b9065144952e54b561972a56fa12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f531fc49ba73dac50e4765606c6aaf313.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cbdb55aaaf2b1f38fbd0400c799698914.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a857c51590f61e7ca61a49606591a5cd15.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/facac4ec7ad981e859085503a28a283516.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bf046689bef2d2556ce929f808052b717.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671f93d65f5d6843df32323043f6adbf18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fdab7eb999ea81fe63761969bdb446f19.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38156e4afc75376e9c5c75f4015fa00d20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ae68e8d700738457be3122938d8118f21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f8dee3faa915cdc0c0d72fb4472bf7022.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c27f1f54c675ebbd5f60d2d992ea9423.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66f1c8894f4b0e93748d83eed7843acc24.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae95d40e5594ad85b156c374a80aa0b425.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa1af5ba5b8df8428f7d59c9d3f9aea226.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f17a085c36103a9e47f8d05c624301d27.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d4ddd4a4ddb012779d6bff3f155f4828.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a85d009377a8d400f483239a54f67ad29.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88c4626b298a1a04c981defce659aa2530.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96767ad42b09b18b61ca5a4fabedd51531.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4331e251d62ee140e51d169ea700bdeb32.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f6432bc549c7eb78b1808f01b492dbc33.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c449fe47eea24562f27902ccd1e818c134.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53dd1becac6929afcc66e04b01550e2a35.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/014c1df60729dcb5b2b47a38d98f2a9236.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f7d97cfa9a261efc2d6ecfdf60518d837.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e37ae7069fe7ebee2441952592902f1038.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdf67d25d91078d33cff59fb73e0ed1739.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a167f413b08acdb3069522a234b08b0440.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4178fbf9e3da286d06763780dec2813d41.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d77104cf50e6f6fa1e1beb985388a60242.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8847eb633e10f802d39222dc79c055fa43.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a7b242edd7027322256aa725d4910d944.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b973c6a6dc0d22be22a0ff7376f4277045.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e63d81d92948105153f889829dcb0c446.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06b1c980cd1b8067f413e9b00f467f0047.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71838407fb2a41e4593517a0513c79ad48.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90fe905f9be560f5994fafb19fcb4a5949.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/475ea46f8b572165e5a627227123249250.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85eb55eb909116f4720741446e4c00a651.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df451b85bece32de3f881b2f5d1b11452.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6905f6d38a4bf52ebb2ddb4cb6a29b6053.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/816bee7d4d59864555b7d15a4daa011e54.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c67eef157967c4664aeb570b55f024e855.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5698e05e555a3e4c7097c410b1bcc0861.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9892c9492716e910011e0b7b3932ea2f2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/797ad8444c91ee9e0187761667d2dcfa3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32a6b144c3b3b2fed6cad50ba690bc324.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65f9ed1b28fb5a71b18e430135faf15c5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67826f9b4ef4ee20f70d005750d046d16.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/925741d5e76fc2760f9fc9fe8e85b5157.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bc42b4895f1769780adc91b58989bde8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0223984dd30d664feaf3da3f5e0d5ba89.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e22ee47bc64b8debf7269f08239312c10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d024dce54bfe90492432d644c5306ca11.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3e92e400c808d416e7444e7b4dafbb312.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bebbf91b481caa9eaac02e313120e3bb13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/958d41d6cfb14962bd193e5b0deaa27814.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f38effe1ad5ee60dfdec59fce32a2ea15.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a256d4489227fae444368dbaa2a78116.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c09994cf6ea5abfb4b4089e7ed48b2817.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93228d3d10b8b1f61c84d1ba11cebeda18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16f42c6722b05b381d4f36978a90c13919.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdf07afaa4f193f22666c6afb5b7a77820.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe695a818b64f625dadfd946a31415a21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eddb27c8f53f990fd208c51a33bcfed722.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/959e882d687de8ace9c9ff2051916aac23.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38438830ee64bd2ee9ecc85413b68a1124.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d4dd0736093700f946d2355b5e6786525.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e7be38e4dee9c7f6f51b323c4f2ddc426.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a96b6a70c24d8b6e906a74687f5e57827.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e55fe4efc0c7e63cc39d331f738b8cbe28.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5acb9159487f160a45a8ab4b0e623b8229.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e264cbdbec8eaf0d476f7ec7667185e930.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3496e1e97bb0326101ba7f0095a720531.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eadf6ba7fda9f7ed41aa2717f6f3945032.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/358951f6e5c4f9df5dd68c4f26552c5a33.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bdb87b99afeaf8695abdbeaecfa3e8c34.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a0bc47d4cb0f381c5493394d5e41835.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4674e0525c20352f3e4dd0890bf279036.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07210fdab5ffe45bc53919142cd6fec237.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3e864a3f16a9645d87a23f8090f96d638.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9bb93a9f159ac2895bb0144e875703b39.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7fa95a85fac8ffcde87349d3d55c2c640.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd38d36f8ddf28343a9b70b6c20689b341.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fdee545ffa689bb3bbbb9655565fb0f42.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2788091f8c922ca282737e24a2f09ef543.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bb42334560053fa86770833dfa1eeb344.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcb324444d7781300a57fda1bf88918645.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45fbd175855475ae74abecb61413c77a46.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d46feba778c77ed64ade0110b394438647.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97a838c750da1a92c3afbd9591f1f43b48.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4878d349d839d98e8ccb1c504220c3af49.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0aff86f30dc6ed85cd1ae32c656cd5d50.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5519bb7dbcdbc9da3431c9510855efb151.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13b9cc6192aeb644a4c5f8625b165e2452.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/997de7626fb3cc12cea33f63c20497a953.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6d202dce21706d17d9613c6acc6514b54.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/406b823bccf26e0ac95f3fa5d84787b155.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>