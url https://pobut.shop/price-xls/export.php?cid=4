--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -14,136 +14,106 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Сквіші оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>04:14</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
-    <t>Сквіші Новорічні 11 см</t>
+    <t>Сквіші Аніме кольорові 11 см</t>
+  </si>
+  <si>
+    <t>23-1545</t>
+  </si>
+  <si>
+    <t>1000000015454</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 12 шт..</t>
   </si>
   <si>
-    <t>440,50</t>
-[...34 lines deleted...]
-  <si>
     <t>498,46</t>
   </si>
   <si>
     <t>Сквіш Капібару та їжа 9 см</t>
   </si>
   <si>
     <t>23-4705</t>
   </si>
   <si>
     <t>1000000047059</t>
   </si>
   <si>
     <t>540,96</t>
   </si>
   <si>
     <t>Сквіші мікс героїв із мультиків 8 см</t>
   </si>
   <si>
     <t>23-4696</t>
   </si>
   <si>
     <t>1000000046960</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 20 шт..</t>
@@ -154,122 +124,86 @@
   <si>
     <t>Сквіші Аніме 10,5 см</t>
   </si>
   <si>
     <t>23-4703</t>
   </si>
   <si>
     <t>1000000047035</t>
   </si>
   <si>
     <t>412,62</t>
   </si>
   <si>
     <t>Сквіші Їжачки 12,5 см</t>
   </si>
   <si>
     <t>23-4708</t>
   </si>
   <si>
     <t>1000000047080</t>
   </si>
   <si>
     <t>539,35</t>
   </si>
   <si>
-    <t>Сквиші Їжа 10 см</t>
-[...5 lines deleted...]
-    <t>1000000047103</t>
+    <t>Сквіш герої 10 см</t>
+  </si>
+  <si>
+    <t>23-4712</t>
+  </si>
+  <si>
+    <t>1000000047127</t>
+  </si>
+  <si>
+    <t>643,08</t>
+  </si>
+  <si>
+    <t>Сквіш веселі Панди 10 см</t>
+  </si>
+  <si>
+    <t>23-4714</t>
+  </si>
+  <si>
+    <t>1000000047141</t>
+  </si>
+  <si>
+    <t>661,02</t>
+  </si>
+  <si>
+    <t>Сквіші Капібара 9,5 см</t>
+  </si>
+  <si>
+    <t>23-4707</t>
+  </si>
+  <si>
+    <t>1000000047073</t>
   </si>
   <si>
     <t>579,60</t>
   </si>
   <si>
-    <t>Сквіш герої 10 см</t>
-[...58 lines deleted...]
-  <si>
     <t>Сквиші Лапки райдужні 8 см</t>
   </si>
   <si>
     <t>23-4698</t>
   </si>
   <si>
     <t>1000000046984</t>
   </si>
   <si>
     <t>371,22</t>
   </si>
   <si>
     <t>Сквіш лапки Аніме 8 см</t>
   </si>
   <si>
     <t>23-4699</t>
   </si>
   <si>
     <t>1000000046991</t>
   </si>
   <si>
     <t>Сквіші табо Лапки 8 см</t>
   </si>
   <si>
     <t>23-4700</t>
@@ -331,120 +265,99 @@
   <si>
     <t>23-1683</t>
   </si>
   <si>
     <t>1000000016833</t>
   </si>
   <si>
     <t>679,51</t>
   </si>
   <si>
     <t>Сквіші Фрукти</t>
   </si>
   <si>
     <t>23-37</t>
   </si>
   <si>
     <t>1000000000375</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 6 шт..</t>
   </si>
   <si>
     <t>270,13</t>
   </si>
   <si>
-    <t>Сквіші Мікс Мультяшок 12,5 см</t>
-[...5 lines deleted...]
-    <t>1000000015522</t>
+    <t>Сквіші  Кітті Аніме 12,5 см</t>
+  </si>
+  <si>
+    <t>23-1541</t>
+  </si>
+  <si>
+    <t>1000000015416</t>
+  </si>
+  <si>
+    <t>Сквиші Лапки райдужні 7 см</t>
+  </si>
+  <si>
+    <t>23-1779</t>
+  </si>
+  <si>
+    <t>325,68</t>
+  </si>
+  <si>
+    <t>Сквіші мікс героїв із мультиків 12 см</t>
+  </si>
+  <si>
+    <t>23-1550</t>
   </si>
   <si>
     <t>709,60</t>
   </si>
   <si>
-    <t>Сквіші  Кітті Аніме 12,5 см</t>
-[...22 lines deleted...]
-  <si>
     <t>Сквіші табо Лапки 7 см</t>
   </si>
   <si>
     <t>23-1778</t>
   </si>
   <si>
     <t>23-1684</t>
   </si>
   <si>
     <t>443,67</t>
   </si>
   <si>
     <t>Сквіші Вухані 11 см</t>
   </si>
   <si>
     <t>23-1542</t>
   </si>
   <si>
     <t>1000000047134</t>
   </si>
   <si>
     <t>644,00</t>
-  </si>
-[...10 lines deleted...]
-    <t>297,60</t>
   </si>
   <si>
     <t>Сквіші Аніме 12 см</t>
   </si>
   <si>
     <t>23-1215</t>
   </si>
   <si>
     <t>1000000012156</t>
   </si>
   <si>
     <t>666,54</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -522,51 +435,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dca1c391ea803a7afa11727e5d407241.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c685b8d577f57eb37ce82cacf854a82.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90c916dc5e835d0801453f3d34cec8333.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ac3ed6cbcd5d65f78f29b26e145c0314.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178c856304f3dd68b7a61def33a078da5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e5173ce28afb4e09153e840f036056a6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c60c870f65d6e130fa70c5837b5680107.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f5f09ebbd8363dc2dadbd206b5ca5368.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd96ccfc0fb2b3a805b836736e553e599.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ad0ae6e8ecf62ffb34f45cbd1be3a1110.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3f3733e96a8736c712a21d01600d84711.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e42651b5b746b60a8df74e43d0b1d48b12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e65e8866738bb726a1c959a04b8f56a413.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4cbc7aff82a61bef3d0dbce9ec1e2c014.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ebf0709d8d674306efbc7fc27d6e3f815.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc41bfcd2bbeb2041a918c6d8834a1e416.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ecc8b263057b868df2e8fc808ecd16417.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55e6ce610414abb5ce69c6b0a8ad820918.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ee5e2a64455c4f63c3b62bde87797a219.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0528dc69431bdf4e271920a966c9477120.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c16f8f1d967f4d865f48fb1392d5c7521.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f78640341d3f3847e33cbcb1d79ec5f722.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965ab1781278afa62e1a0c6b1500466d23.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bbc821c9fff01b81d8fed42a97dbb0324.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72271f9c328b477a352a8222098bd2eb25.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6942ae7d58959c38a99001d9fae93be926.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a16fe4043e330182798d1c85de1479a27.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47cf139135ae37f7b9ace4a1acbf266a28.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e9bea4cdc536906256314b2eb3319be29.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f285167b6aac582b8918812e77e1ab730.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bea2772a67473a7357d3b1ddfa682ee531.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43522ab9170b7ef3c6607ba52c4f2d2432.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a1e2b438d060e6f720e6e63514decb033.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba5a2bdc75bdd5fa8715ca51a7c578c21.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a7afc19ca19f688a1b8fd232da1d142.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a3175b8af5f75f45edec52e0d00503a3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecefc85aa920d550dc3c1a8784bda8374.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/162090f0531bff0445609dc585667bc25.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a47ab2377f2eb91e4724b84c0b7c96fc6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26a2f387cbae7a633af9462cf6e9f337.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/420cf5a2afd29a6957a7fc77ba7e5ffd8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4cb43718c06023ca719dc227d5553839.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12ec3ed8233c0ff0932b4e0ae91bf95610.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a13386c7ce8039c847772e6cdf65701111.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36eb821fd96b630ca310163a060a9df212.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b07335521d17af4f8f19e44ba3e634113.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/261ea6911fbb2816e3522876b324c5fe14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c68d9a92fb16bcc9d28743e4b64a21315.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c09619d33af5bdf967a1f7a6ef7db6f16.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c11513cfa477763d99f8553f027135617.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/663e87ba7035ba878f94793f99d7a56418.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7131bf6ef9f4ef240181f976fc8a4b5e19.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7387f2e6f3a797c4a8756e433bb5f72120.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d198cbd7eec0036f5438501429328121.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16a35c3800b2fcdde05d688b5ab432d322.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/720065be96685d8c59abac5b4fbc814323.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dce2cce12a9d56dd2fdf36551070505b24.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1234,320 +1147,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
-        <a:stretch>
-[...268 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1814,51 +1457,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/4/skvishi-optom/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K39"/>
+  <dimension ref="A1:K30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="28" customWidth="true" style="4"/>
     <col min="1" max="1" width="19" customWidth="true" style="0"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -1937,633 +1580,475 @@
     <row r="6" spans="1:11" customHeight="1" ht="67">
       <c r="A6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>12</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:11" customHeight="1" ht="71">
       <c r="A7"/>
       <c r="B7" t="s">
         <v>14</v>
       </c>
-      <c r="C7"/>
-      <c r="D7"/>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>16</v>
+      </c>
       <c r="E7" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:11" customHeight="1" ht="71">
       <c r="A8"/>
       <c r="B8" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:11" customHeight="1" ht="71">
       <c r="A9"/>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="F9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:11" customHeight="1" ht="71">
       <c r="A10"/>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F10" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:11" customHeight="1" ht="71">
       <c r="A11"/>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F11" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:11" customHeight="1" ht="71">
       <c r="A12"/>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="F12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:11" customHeight="1" ht="71">
       <c r="A13"/>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:11" customHeight="1" ht="71">
       <c r="A14"/>
       <c r="B14" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C14" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D14" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F14" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:11" customHeight="1" ht="71">
       <c r="A15"/>
       <c r="B15" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C15" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D15" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:11" customHeight="1" ht="71">
       <c r="A16"/>
       <c r="B16" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C16" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16" t="s">
+        <v>54</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F16" t="s">
         <v>51</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="17" spans="1:11" customHeight="1" ht="71">
       <c r="A17"/>
       <c r="B17" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C17" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D17" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F17" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="71">
       <c r="A18"/>
       <c r="B18" t="s">
         <v>58</v>
       </c>
       <c r="C18" t="s">
         <v>59</v>
       </c>
       <c r="D18" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F18" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="71">
       <c r="A19"/>
       <c r="B19" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C19" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D19" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F19" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:11" customHeight="1" ht="71">
       <c r="A20"/>
       <c r="B20" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C20" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D20" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F20" t="s">
-        <v>49</v>
+        <v>69</v>
       </c>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="71">
       <c r="A21"/>
       <c r="B21" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C21" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="D21" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F21" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="71">
       <c r="A22"/>
       <c r="B22" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C22" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="D22" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="E22" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F22" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="71">
       <c r="A23"/>
       <c r="B23" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C23" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="D23" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="F23" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="71">
       <c r="A24"/>
       <c r="B24" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="C24" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="D24" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F24" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="71">
       <c r="A25"/>
       <c r="B25" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="C25" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D25" t="s">
-        <v>82</v>
+        <v>50</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F25" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="71">
       <c r="A26"/>
       <c r="B26" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C26" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="D26" t="s">
-        <v>86</v>
+        <v>25</v>
       </c>
       <c r="E26" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F26" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="71">
       <c r="A27"/>
       <c r="B27" t="s">
+        <v>92</v>
+      </c>
+      <c r="C27" t="s">
+        <v>93</v>
+      </c>
+      <c r="D27" t="s">
+        <v>57</v>
+      </c>
+      <c r="E27" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F27" t="s">
         <v>88</v>
-      </c>
-[...10 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="28" spans="1:11" customHeight="1" ht="71">
       <c r="A28"/>
       <c r="B28" t="s">
-        <v>92</v>
+        <v>28</v>
       </c>
       <c r="C28" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D28" t="s">
-        <v>94</v>
+        <v>30</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F28" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="29" spans="1:11" customHeight="1" ht="71">
       <c r="A29"/>
       <c r="B29" t="s">
         <v>96</v>
       </c>
       <c r="C29" t="s">
         <v>97</v>
       </c>
       <c r="D29" t="s">
         <v>98</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="71">
       <c r="A30"/>
       <c r="B30" t="s">
         <v>100</v>
       </c>
       <c r="C30" t="s">
         <v>101</v>
       </c>
       <c r="D30" t="s">
         <v>102</v>
       </c>
       <c r="E30" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F30" t="s">
         <v>103</v>
-      </c>
-[...163 lines deleted...]
-        <v>132</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 