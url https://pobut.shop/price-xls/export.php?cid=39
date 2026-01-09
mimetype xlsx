--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -31,57 +31,57 @@
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Канекалон</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>04:18</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Шпилька з пасмами1-212945</t>
   </si>
   <si>
     <t>1-212945</t>
   </si>
@@ -744,51 +744,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ee5782a2c35fccbea417678b20c1cd21.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ca9cee868417ccdd2ab06e5d65939032.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/455727fba14d76f49b42de2f183b08513.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19db959e3b24e44bc773f1dd764cec1b4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac499151bfe2b7fc3c04fdacc9dc1815.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6c15140f4bdb96a2f8ac7b7590f72396.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfc32ea084c51eb206313a84af2aac9d7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe21b323d1313ff0c43cc882f42480648.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cbd3257e0b271b154b2c87f341e6ad79.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abd67735fb90eff698fb57415d0a717710.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87f4aed44309d73a874d062a6ef9198511.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85ee14190b2744462595da8a7a55d00c12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321f09d42a099f42816f333e3384ce2b13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a9f27e687b863f95e083c3b80c5a25614.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef1169d678556bfe7ff93c961ec45a6c15.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1cef48f1c9b8770e00637579778f32516.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d85c5ac35b45e817637f41fca2d26aa917.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/058148c3476e2946c265fea04de5461818.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff857b06291041df0f6515e1d68e6e8319.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1ce912e4f077f8d42c237df936a708f20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fce59ff22c48abc49e2783b1e24141f321.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f6d8ca12b0e396973ef29f42b00bb5322.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50a2b5a80b1ea6376218a6ebd55a718f23.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582946f81091b57321db0aa521806bb924.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/914bd51ab2bbe2571d76a5d5d13bb4d325.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43e01d247600eb27b6560a6f067335bf26.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7139f57c50ef55cfaa18081eda91aa227.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2db269ae1409118fd2ee9f5bc16d4b4628.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ea0a43fdd445b2e565f3b6616fed8c229.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a53076ef4b8a0ab99ad12b315ca8ca4d30.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bf5a29a2819b3240f53b48ee35d85c831.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fec49f90d392b352112509890ca258f432.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f75eb72e25147ec42f26d7c14b7245ee33.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a4b9e82013eaf95c622e82ff304e0034.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aa03d76d34af9bc9821f640db865f0d35.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55d65cef7f3835c99fcc73189cf4cf4436.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f1c0146232902de947ba8533ba2b74937.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c13ab73c85175933e34c8f2c6254ceb38.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c89fd51d8c154587bb4eacfccd32559639.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44a410802b029217d67e06cd4de05a440.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0af15f9f23d64a1c468abb2461119d6341.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f23293271745211edc675b33128b6d42.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f83c534f49f372ae849b4e0bf316b81943.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07408bc2db1d093fec6130c7bdccf96744.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4c7ba86e272ed5ec5f8c074053f9de45.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec6323f2dc06194b90352cf391e0f11046.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6412f5ddce0be794f8c8087495bee98947.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a466a3a76ef19b20ff0e1cd28e5293948.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfc69e905c2a3bce08cefb9a90eaabd549.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26f18026d65230511a4d090c45dae3e550.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/260e574a239558a2c4000dcb56d7842051.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f65aa74ad65580c950afd50b0b9c76152.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2760b9f928e0d190959ffc189ef59e4c53.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbc7dac309097f91b399ed53190bd37654.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99a53baf8c35f02d38aa5c5b5b2ade4255.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34dacf990781c5587b75cf7aec791d4656.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ffe15b711295b9904a265908c1c868657.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed4517d39ba7e2acacff281be5a37b4658.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0ff87e3f2ccd87b69d9362b48fca6ac59.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e19fec16420197501011faabcfd2eee60.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17bb4512be6c83ee112e075eb630995561.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11a8699cb0301cd3e0b42e3742c7fa221.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4917851ca038542962aa4d497c5fa472.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7341c6f2caee2808601182b1ba4ecc13.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efd1a1563e47607a434098a4247a33404.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e2c2a72c0ebc583da32f2a2a92d5375.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0133d9aa00325ada65b51c3f4e8d4e16.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87380494c8f0ef49ffe25f52934200f87.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23d21be87103da70ddd1bda15f0a19a38.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaca0b165e760e3ef5c7cc340633803a9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41922c464cfe16764cb951e60cfcc77310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ce7011dd14fce01fcf4665019dafdf11.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/796f5f393847a350f7489ba6fc1afb5e12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/373414cd530b5e66f61b6a8d3261cb0e13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2a2ec34d19542636b1dca85b4d436b514.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a77e6f99ae5084da412bcfe5d3b2517b15.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ae2df608541b45a99cdaf5d41ac677b16.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f4d5283b546dd548cf63f9cc3a26ebd17.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ec3e47c1e02bf3e7b3972f159baec9318.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ed0dacf1ca883ae091a607c9b8b794f19.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c116a20fd0e8f4c73b3f526b3178d17620.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/832f92964f7b746fb94f3190e6a3994521.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9626846334eeba45df0566395f40125b22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5639563041ce4896bd176e9a9ea2aa5e23.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b50f1d9bf9e8f70b9a5385c7fb249e4624.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d64cb5efb4e5a445e7c8e3c13d640b025.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec43b1e21055461cf18911f3a021557626.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a4bf7e6605e9becc935d9238c2766fa27.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670bab0df94124cbb9915ff63cac6db128.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4297a0b759a03aa32e10c835419574ce29.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e57dcaa8f0054e8f1a4d173dd8cfdd130.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/650b4b0539a0f65494e7844e0407dfa931.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebcf8d9101eabc2ce8afa8dbb45b213c32.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5935b2cba3966c2582d4fe2082ab2b433.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/078b32f5b22cb6f0a539b654fc228aa334.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a7309ad27d968213c0678d6c8c46a135.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44e980a7ce19c7f279e8e895b605da3536.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5468741d807e2d1872b08bf78f06eb2e37.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3737bc1fb5d48071f2b473f20ed3b6c038.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1690d170f78fdb8e5fcd48053fabd2b39.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94d9b84c8a5355ecb9483c38e3781aef40.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8c0a199d1e9cdca8870cab9d166ccc41.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df217e05fc74c039773842a835525a7142.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/655758efa606a546df63fecf98c50d5c43.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edfdebcd46705e9137086b31af48c95b44.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3700852350d633906cd2aa76be99192e45.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5328a235f78d65290b90bbdb7054e30746.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76a7153b0a8b6ad2cbd3b47e1501113347.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7a0455b91ce5a0a774bf168c158c9db48.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa4e9b94cd75fb50e42f1e94e948a10649.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6045c7b6792311ca87a632494b2ab550.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/846ca124373c52796fa27d07b6dcf32a51.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17637f97a69b3d8d140aeb21aa17381d52.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e22661221abb59ce7cf45231964a74af53.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ba7c60c43f1eec9f38bb927903abad054.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f454b625d634a9c5f1761606eaee4c655.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a7f0c138c4fa3eadbda46297508ef8d56.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2567e1eff069e151f1b846aa419a814d57.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b05c80dc0334af1c566258094f13d358.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f84c24c72ebd2343926ef769d63dc16059.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8d312ba96ab3fbcd471141118242f6260.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bc04d702753bc8fa0175704dfe4284e61.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>