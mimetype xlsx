--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -14,74 +14,74 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Набори дитячої біжутерії</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>03:42</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Дитячі каблучки на палець Капібара 50 штук</t>
   </si>
   <si>
     <t>23-5235</t>
   </si>
@@ -166,95 +166,74 @@
   <si>
     <t>Дитячі браслети на руку Єдинороги 12 штук</t>
   </si>
   <si>
     <t>23-5268</t>
   </si>
   <si>
     <t>1000000052688</t>
   </si>
   <si>
     <t>Дитячі браслети на руку Чудики 12 штук</t>
   </si>
   <si>
     <t>23-5267</t>
   </si>
   <si>
     <t>1000000052671</t>
   </si>
   <si>
     <t>шт.</t>
   </si>
   <si>
     <t>178,60</t>
   </si>
   <si>
-    <t>Дитячі браслети на руку Аніме 12 штук</t>
-[...10 lines deleted...]
-  <si>
     <t>Браслети на руку від пристріту Оберіг 12 штук</t>
   </si>
   <si>
     <t>23-002</t>
   </si>
   <si>
     <t>1002755431473</t>
   </si>
   <si>
     <t>422,65</t>
   </si>
   <si>
     <t>Браслети на руку Пандора 12 штук</t>
   </si>
   <si>
     <t>23-4363</t>
   </si>
   <si>
     <t>1000000043631</t>
   </si>
   <si>
     <t>457,93</t>
   </si>
   <si>
-    <t>Браслети на руку Шамбали 12 штук</t>
-[...7 lines deleted...]
-  <si>
     <t>Дитячий набір біжутерії Лабубу та Капібару</t>
   </si>
   <si>
     <t>23-4691</t>
   </si>
   <si>
     <t>1000000046915</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 6 шт..</t>
   </si>
   <si>
     <t>539,06</t>
   </si>
   <si>
     <t>Дитячий набір біжутерії Мультик</t>
   </si>
   <si>
     <t>23-4692</t>
   </si>
   <si>
     <t>1000000046922</t>
   </si>
   <si>
     <t>Набір дитячої біжутерії Веселка</t>
@@ -284,62 +263,50 @@
     <t>Дитячий набір намисто, заколка Зайчик 12 штук</t>
   </si>
   <si>
     <t>23-4688</t>
   </si>
   <si>
     <t>1000000046885</t>
   </si>
   <si>
     <t>475,29</t>
   </si>
   <si>
     <t>Набір дитячої біжутерії Аніме фіолетовий</t>
   </si>
   <si>
     <t>23-4693</t>
   </si>
   <si>
     <t>1000000046939</t>
   </si>
   <si>
     <t>101,60</t>
   </si>
   <si>
     <t>Набір дитячої біжутерії Аніме рожевий</t>
-  </si>
-[...10 lines deleted...]
-    <t>156,98</t>
   </si>
   <si>
     <t>Кільця дитячі Блискавка 36 штук</t>
   </si>
   <si>
     <t>23-4751</t>
   </si>
   <si>
     <t>1000000047516</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 36 шт..</t>
   </si>
   <si>
     <t>120,75</t>
   </si>
   <si>
     <t>Кільця дитячі Смарагд 36 штук</t>
   </si>
   <si>
     <t>Кільця дитячі Аквамарин 36 штук</t>
   </si>
   <si>
     <t>Кільця дитячі Рубін 36 штук</t>
   </si>
@@ -492,51 +459,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7446b86579c5d470071c89534a013c651.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9587096c62db3b6de4ba35384cfb4f812.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ecb898118a991df783db98edfc2d0b23.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f330e2dfe9653e6beaf95e5b6d89e25a4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/972980477ff615f00f3f642abcfb00d65.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87eacc23ff53fd7342ff303e4a468ded6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ff4bfeb64e5c23ce2dbc58d305346217.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0f957942c6b7b3e67833c2aed2e588e8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/579524012416ef6ee082e9a70ba8a3db9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24a1c3f1cbaf2fe296a3f148ae14f37310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6c29e5ede9e3ffe255f04a59ffb5ac011.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d95beb9f19eb29010baccbcd0f2844f12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84eaf815b8bee479a5116cac8a2f2ac213.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10a9ebc3a85aebc7c3d6202b9764b4ce14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b81fc493c230eb2373a0791670bfe97515.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b42c99ad3f103458052ee3879f5b5a0016.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5232b3113a932861ea06660b59673c917.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965cac49f71c089e8c41d2845eb443c118.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e370d8b3da370da48474979296543a119.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3026a7d376d4c951452f4a113435637d20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e43ed29fc50951b421bc3c7b0366b06021.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0b3633afae622a8b125da38fbdab01122.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fea1d3c9fce9a811fe2436d2cbf9177923.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab9f024f962f9e1dece9a7fc080d4a5124.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be8aac713c188477ab13a5ffde6aec6b25.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f817924913699c45ed950fe0ceb310cf26.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f314e73620ee7370403035f95e7e21fc27.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8813f12ea4ecae2aba92783c3d2df18828.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df561b90522448ef2e8cf86f5963d48129.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b342c3b86c0b080c6206b559109627f30.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9351a66db056960d028d4e3b03cf6d1e31.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6629f91f8649f1e8156f39ea12e542a81.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14983007c1849a2737e44a4d3f8144ee2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a29fbb74418fa520ca62a02ace45f9ed3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eecce4a1b79580d5e86f8c5568cf389e4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a468d977a828c7a19d082c96a40aeef5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da6b253cff74f7a7b47eb6e099948cb96.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78b0c3f6b15edfac5e03832bb4be496f7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/510407c4a4dbeb3c417723bfee54cae18.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14fc34e2e2999b77c4d533f04e70633c9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85f811c5c20b48bd11490b3293e99f5610.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971ae1361afd7de1cdb20ea6f9d6b24111.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/972abcd79b8a2e303dad132d61ae73fa12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf6517da16824008c0e7b706ecbc19013.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f55b96cac08d53fdd8d005af32840c614.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77ef08070f7a307233a3e67c3bd4a00915.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08916fb7ad9a2ddb891d0296a2d21bd316.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/512da7ab0df070f4825c0d4e20ece84717.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437773d09e08c0b7a32e09970c46841518.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fefa7d38366ed2b5f45544978000aa0d19.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a29f036bd4eb12eaec2b3f8ddcf15920.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/731e95a72d5b599acc7be573b278bf6321.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a57cb35718dbac1f2bf013b18a0080d122.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f1af1f9653f87a59ae77a4bccc5b21b23.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eec663238178e3dbcaf51160a111c80824.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbb268c5086c14288fad658f161ccc2325.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f78da04c887401802bb5056e6dd5308926.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6077fafc773a450925cd263a24313e027.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1ee8ca0b61671d701260e39e23dcd3928.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1324,140 +1291,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
-        <a:stretch>
-[...88 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1724,51 +1601,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/38/nabori-dityachoi-bizhuterii/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K37"/>
+  <dimension ref="A1:K34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="28" customWidth="true" style="4"/>
     <col min="1" max="1" width="19" customWidth="true" style="0"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -2052,396 +1929,342 @@
       <c r="C17" t="s">
         <v>55</v>
       </c>
       <c r="D17" t="s">
         <v>56</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F17" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="71">
       <c r="A18"/>
       <c r="B18" t="s">
         <v>58</v>
       </c>
       <c r="C18" t="s">
         <v>59</v>
       </c>
       <c r="D18" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="71">
       <c r="A19"/>
       <c r="B19" t="s">
+        <v>63</v>
+      </c>
+      <c r="C19" t="s">
+        <v>64</v>
+      </c>
+      <c r="D19" t="s">
+        <v>65</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="F19" t="s">
         <v>62</v>
-      </c>
-[...10 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="20" spans="1:11" customHeight="1" ht="71">
       <c r="A20"/>
       <c r="B20" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C20" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D20" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="F20" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="71">
       <c r="A21"/>
       <c r="B21" t="s">
         <v>70</v>
       </c>
       <c r="C21" t="s">
         <v>71</v>
       </c>
       <c r="D21" t="s">
         <v>72</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="F21" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="71">
       <c r="A22"/>
       <c r="B22" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C22" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D22" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F22" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="71">
       <c r="A23"/>
       <c r="B23" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C23" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D23" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>68</v>
+        <v>48</v>
       </c>
       <c r="F23" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="71">
       <c r="A24"/>
       <c r="B24" t="s">
+        <v>82</v>
+      </c>
+      <c r="C24" t="s">
+        <v>79</v>
+      </c>
+      <c r="D24" t="s">
+        <v>80</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="F24" t="s">
         <v>81</v>
-      </c>
-[...10 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="71">
       <c r="A25"/>
       <c r="B25" t="s">
+        <v>83</v>
+      </c>
+      <c r="C25" t="s">
+        <v>84</v>
+      </c>
+      <c r="D25" t="s">
         <v>85</v>
       </c>
-      <c r="C25" t="s">
+      <c r="E25" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="D25" t="s">
+      <c r="F25" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="71">
       <c r="A26"/>
       <c r="B26" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C26" t="s">
+        <v>84</v>
+      </c>
+      <c r="D26" t="s">
+        <v>85</v>
+      </c>
+      <c r="E26" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="D26" t="s">
+      <c r="F26" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="71">
       <c r="A27"/>
       <c r="B27" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C27" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="D27" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="F27" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
     </row>
     <row r="28" spans="1:11" customHeight="1" ht="71">
       <c r="A28"/>
       <c r="B28" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C28" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="D28" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="F28" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
     </row>
     <row r="29" spans="1:11" customHeight="1" ht="71">
       <c r="A29"/>
       <c r="B29" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="C29" t="s">
+        <v>92</v>
+      </c>
+      <c r="D29" t="s">
+        <v>93</v>
+      </c>
+      <c r="E29" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="F29" t="s">
         <v>95</v>
-      </c>
-[...7 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="71">
       <c r="A30"/>
       <c r="B30" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C30" t="s">
+        <v>97</v>
+      </c>
+      <c r="D30" t="s">
+        <v>98</v>
+      </c>
+      <c r="E30" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="F30" t="s">
         <v>95</v>
-      </c>
-[...7 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="31" spans="1:11" customHeight="1" ht="71">
       <c r="A31"/>
       <c r="B31" t="s">
+        <v>99</v>
+      </c>
+      <c r="C31" t="s">
+        <v>100</v>
+      </c>
+      <c r="D31" t="s">
         <v>101</v>
       </c>
-      <c r="C31" t="s">
+      <c r="E31" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="F31" t="s">
         <v>95</v>
-      </c>
-[...7 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="32" spans="1:11" customHeight="1" ht="71">
       <c r="A32"/>
       <c r="B32" t="s">
         <v>102</v>
       </c>
       <c r="C32" t="s">
         <v>103</v>
       </c>
       <c r="D32" t="s">
         <v>104</v>
       </c>
       <c r="E32" s="4" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="F32" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:11" customHeight="1" ht="71">
       <c r="A33"/>
       <c r="B33" t="s">
+        <v>105</v>
+      </c>
+      <c r="C33" t="s">
+        <v>106</v>
+      </c>
+      <c r="D33" t="s">
         <v>107</v>
       </c>
-      <c r="C33" t="s">
+      <c r="E33" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="F33" t="s">
         <v>108</v>
-      </c>
-[...7 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="34" spans="1:11" customHeight="1" ht="71">
       <c r="A34"/>
       <c r="B34" t="s">
+        <v>109</v>
+      </c>
+      <c r="C34" t="s">
         <v>110</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>111</v>
       </c>
-      <c r="D34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" s="4" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="F34" t="s">
-        <v>106</v>
-[...53 lines deleted...]
-        <v>119</v>
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 