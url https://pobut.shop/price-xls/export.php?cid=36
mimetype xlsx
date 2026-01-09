--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -31,57 +31,57 @@
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="244">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Резинки дитячі</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>03:41</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Резинка дитяча 1-216530</t>
   </si>
   <si>
     <t>1-216530</t>
   </si>
@@ -855,51 +855,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4055bad6650ed3d8d8f5f153ab9f571.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91e1cc8f0947c7f417fbef6224bca3142.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b4f972cdf499dadcaf9a53d1df39d0c3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aa27ad3bc1c42ba84d1ab7ae4898b114.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c04d58b960a55a1fa5f64eda4b5dff065.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46cc99c26ae4b2853dd8508cd9f8cd876.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86492717f64f8aa301020995ebb77b057.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32ea391776d63b240179c7ad4c214f4a8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73dda85a433e9056808957a8e701a20c9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b99595310cdef4dcc7db0a5080468b1710.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dff0548fe357108618a335c8a2d490111.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faebf1903a198e42b5b12748a1af6d3c12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdf7d622d8b45e009fce9bb6430a980713.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8d9edb42cae27cd0956c6bfd631eaf514.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8ce57f10dafc1e4854093af5273aca415.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5b75842b61da41eaf3cb459944f930f16.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/632ba47a2380739f3e54a3d1165d99f217.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ad5e9793bd3b63f1db4dbc00098ff7018.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc488130bed67180b9a130bf72bc548519.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e5c829f6df9cbeec7f7b7efe422757620.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ec91685b92aa45028d7bfee35ee117a21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5cd69699b6a80648b87e509205ba7ac22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb697862b2538968b68a5ec139623bb623.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd8c4888946f36c971ce46abffa0f80524.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c2b627ff6c3a7a8b2021a4a1fadfab425.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d8c273ddf5783c5bb347c4684b4a59926.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a51e69b8d33d025a112c4df5e3518bde27.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09f5568e0587170b5079f4787ccc9bd628.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80e195fbe0a565514ea51ba042ebcea929.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe6f2f45f0b272d559a0bf3a711042930.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b141a568bbd2458863f1d232d2b15231.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82697bd1d7f922dbe38042d6c3b06f0232.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0de20832f7f0c7e8de095ae539708e633.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb7c50acac6b7e9c840b3b80b9c80ca334.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29872e20c968835e4c41b68f498852ea35.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c7b5095f2ce535e69cbf92294c908a336.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a507f2eb3d5e126de4c6b99f357da9f337.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9788968983703a7b86eeb6cee5a7d9e538.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16c9ef6cabfbe6d0a476821cdf80b90039.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9864f7133bbe03dedd95b81e7baca8a40.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61fcc8f3b205354b4dfe8963d9db126441.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33f7b66107a3109cf88abccabe5b873c42.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fda96880c8ff04a712b49fcc1dca76a343.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed86b17f2f7c87b3ec461fcc89bdb21c44.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d37cc6afee9582f40e1dd1718135d1645.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69d5cfc5c39084a9369611a9abd06f4f46.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c063946b14bef0d9e80f418a8bc4e6847.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c1db11a5b9710c2d2b4c4156183bbe548.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9fae68a18a9235ee4668b74f099e8b649.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0117c42e0d017bc480d0c1a7ed973c6c50.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55816108343007206927955b327e213351.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70dce8582d75db8a2bdd877fd5d5c56752.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52cf9fedfceadb7f2612fca16bdfebb853.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b40a67cab14dfdd7e07b0084d89439554.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/909e30f4d2ad649ce9a1cc3d3b6a4fc855.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51e6bae881ef4b5fdb219c8993bd7ae056.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a487b9cc09bbaa6e84c710abd593dbb157.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1d78626be5d3fb81315674de1d98f158.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cbeb6d8bd18211c2c9eb177744781e159.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/956169bc95f6a1f580c3c6826b5ccbfd60.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90a97cfd34cc37e3c89296ef01bc9c1861.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25c2dc6d78f71b502f04f86be65035ea62.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/383a024a92e440f416366f5d1ead723f63.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8e0fe0eda0862f7506f50f7558af75c64.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dfbc1cad56f138e1c83083f8839b9fe65.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8332d2f02fcc56aca19e7a43e5820f9366.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d208876f55f739ef9ff6ea5c870e406667.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/067e6f322d0157172d1e8198bef4ac2768.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9b97292d94fcccaf2f5628e10251fb869.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b23e7f1c0791b7e7cc04ebf82346cade70.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252a07870861451df44d841be984dce41.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99e11d25348d22de2aadd70784a8a34b2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7519a60606913119229671c3ee5891ab3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2148bab9b1960c76f4df9d983aeae3514.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f0966dcf2217865a6f1eab64ba34ead5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01b5878c2373dcc99a97bddaaf473b5a6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8faf010ae24ba993886f223bb09c5eef7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93ed4a77d57f697c8b06941b0d2092f38.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16e604898b8cb0de2d9892b11421c039.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27683acf3ee74b0aea5a7c4a891630b510.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1216dcbb51241721ea1b2e5a93ef311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7117f39dbdab8733c8506085e7d655b912.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4c08f7df88cf44829f6d178022f9e6313.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963ec1b659ccff71ae51846c2d42a68b14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b78132d933aa49f974dcab1dfe2377615.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfe10c5633f0d422a3b49dd78bf0951d16.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0de410717b1489c6b24a9c4d4944367d17.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b574b112f5fa01bf2e4266ce5155a7418.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/408d1fefaae960b60b463569a71e7b1e19.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d84f0d9cb7a02657f3fba79b07dc6edb20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef57aa367b3b468feb3eeb1393fe188021.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7a18e70705637b2aac410b4c5a0cbac22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/913692690ca00fc26cf15fb7c93f51d923.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f0373cdacf908e1da9164fc1d303dc624.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25dde750b9d475640f16b3327f76dd0a25.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a4555f1816cc76b443e6b6e880c29e626.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3afbcf833099157403ed6860e3f7af427.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e805c0a175db377c6abc4318bea7c30728.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd741d10809d6d05eded6421090f758829.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fa3b916a048888cf31dfb9dcf5afda830.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5909f10686795b3ebe9747743c148431.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61bad2eeaf9adf033587d61952ace89132.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228e8a201f82d444fba764c8a04a3e6633.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a2bfc4783dbaf9d01e4baa1c7a250cb34.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf436fabda82865dda311d1d49f3df1135.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfa19dd79f5dfc16938d8562085971ad36.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5205c6ce5e4f3509422eb28a56325d337.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2b7566a79590013b6334cb456634fc738.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624f0afe070ec7bde24849a0b5bd9f6d39.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01b9c1de66a7e6f916f71e8ae89eb4e540.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d50231c0058407f108d18d9790b394f341.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f093c7934b4d0d8a628a409e51460b42.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e0afacbf1fadac000a6d02e94b21c4843.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb377abad041983445eeb36ac74895f744.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3be6c063e020d4b35c2965668d471cef45.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1af1e61a1c5d37254e957b6e6a44e3ac46.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5329f1cc64e0b826d4101e848b459c447.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e442956c40080151b8418aea4633622848.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7e2e5bc71ea278a15c3ac96a4c8b84449.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bbdbf934376a1561239a83c76bac8df50.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17f7ea4e17bbe58db7f1059e742d6b1051.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59346249ada37b38f42046b40f3e51a352.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b788352268e4978015477138ea220c053.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201a0daa248f857aaf54b8068dceca1454.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c740f72c608196a4c9262f68218ccc7255.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec9744cfd59c9622f39f9ce0cd6d8cbd56.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b331411e381038abc9bb19e63d3dd2357.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9637869357675125f0027fa9ca993da58.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d2312e00ccbe87c5f4be846f556100259.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f910cfb22110a359b1ef1b16a0bf4cba60.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f5d1f252335c2f71ae3295941e4c54761.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6f3caa68f78b4404022d95b1863020462.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69eeb12c7079b3d04bfbbd86848ab3f563.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8700c78180e70b36e7e71a41e2a5902264.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb882675cc3bb1c5f0539eb9e3cf9fbd65.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/badcdf88f5e002dc3b28df001dd990d766.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45e9c0c6531b10f5fa845a479e200f3f67.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f32b91050452c24ca20b92423d98f868.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2d9e4b91da0398b066ac726772c7f4a69.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91c276cc24d9cd2eec85222491c066e70.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>