--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -31,57 +31,57 @@
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Дитячі шпильки</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>04:18</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Шпилька тік-так дитяча 1-205268</t>
   </si>
   <si>
     <t>1-205268</t>
   </si>
@@ -639,51 +639,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7527ac60af09e239eec849d1fb5d75d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70df3df72009903719ed0636fcc9e5332.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/828ff4276941d31dcfd1fc4dd3bb199c3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f74396a3aaa50313c0bf06855ea4d2ad4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af269fbc797bd837d290052519a388415.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b990cea8ca00da020d21b051e56c6e6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/244667982604676cff6bc382f6292a9b7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2f00315dd00f57b91acf1b2f814b5518.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2aa368083e5755cbebc4431c102efe899.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f08fa17b584bf40ee7e4597a98c2d1c10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e99ee5858c0c07ef67fc527a1dd02f411.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db470aaba13b6aa10837e1232369d03812.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e501be1cdc8703bad89f24f3e89a7cd813.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f658f2ffee80d2b7a28790f144f0cc414.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31507b118883d8dc4f98e031acfdc14815.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2647e3251de19d2522341a4f71660e416.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55d5e9833427bafe8c4ccf18eecbeb3b17.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8c4cdd22f91028380e4f6f4844b360818.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522932bf5156672a33a37cafeaba8c2519.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acfe04b09cb893d079dfe0027e1efbb120.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4af847429eef8a277fa0c64eef14865a21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad1383500b2fcd319e43e5fc9cdca69122.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e9a401a570565c4ac91716b4c4d71b023.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d47a68ba5709a79bad473a83d03509124.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5096ada01a081471561d8d52527d29325.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e008ecf33cefaf4c60d2acf79d870fd26.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a660cbf34184b101c45ff885c741e88b27.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/073809199f431fe2870aa131f4acfbf528.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd95de6e0815633691cc1ac33af1a6c229.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4f70eeb96455036a89086712971eff130.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0c050c58427f7c2e51d006f7f0e0dd231.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a7589d3c9bb6df8298e0173974ba55d32.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/193471366d722fdaff11a393eb6a509633.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cb89b492c7d5f4ad3a0c642fee3075634.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69db13ebfd58c27312ca5e87188f0b2c35.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0067b6e6129ee4369e13f50b896ba7936.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bccce28473b808459b48ae0214d14c337.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d398541d42d6250e5777d41a62649238.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de3becbcb5dafd7cdfa135db7f09944339.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d4b34570dbd647c436b65421dbca4b40.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f17a924add2b4ac8a16fcef92ba72c41.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e40578c87796225f28df41a762ee64042.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d9815555a3bf0ceb3ebe88727ac028843.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16eda120facacf4e4a95d67a96b7b56c44.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448875459272d125b911d7d9642508e045.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/768868283b5d31e6f7a6a66c0994e8da46.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6867f21f62a753c6ec510da19753a0b947.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73b77a1884a904e4b6b6a07b0b02d4371.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cab45dfe5799d256585f8417c124960d2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19e4b9cddc42fe2f9b574732397ef0763.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/718c7a9367aae2cf57d5e380a3bc8e954.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/854adf0e6c03e96a845d8976a5c461515.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9c163fe5536c5bd9cb9d698cb5591ec6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbbaebb73ec283ff73876ac74fc043187.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6306236bcdb894dc459e03679fe1a2d18.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111154c676ce1edba3b6b451899b861c9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c487b7f036b9ebb9045e49be33284b9910.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/407b380efe0896360cc7199a468fb74911.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64ed0dfa7df7a9c1886cdf2fc071b51812.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a598eb9fc32b5dbfc1a8248668e10b9813.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7227fd1d40920dd96e6c14e79f2e5cf14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ee6e4deb652dba8aee4147c71cb782915.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/577c7e7d249334406c41b9199e7d96a516.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4ba4277414984c2ae5056f2c8a1750917.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/837cba3ad285b21030faa22e03d2b20e18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5910c314c0da78371fd770e154c6aeb019.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c78b84b4c2a6f7ddb7033acd436e113a20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06f6085930a49de9c2aa9ef0c998e64b21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19b5f98f142635cfc29001ec34fd9a2622.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff130d973bcdfd0edd836f39e157447f23.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b286b6ca1117ee7f618fb7c42fa3735524.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec9078e0bf92990f71bb2a03e6d2d70125.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62eef04383dd969011337a6c3491953626.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeea53e4700c647203f410066fba9c2d27.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3c27e646dcd2f42c5d09cacb96eaa7928.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a6fdcf6c020cc81e2ae8bd5ec225b9029.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26e24a442072565125fce8697d2c1f4a30.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97708026557054db0d206ddb4f625ea531.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77eededf468c7054a3a88f31ad9e52e032.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66a5f2f5d65798b8e3a1ebc7546aab0f33.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59e5a977aba6d3e9177f6c2f6d43be0234.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7765734239d42a4f24876a55f0c117035.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44d6aaa5d74a0a65f7af9030540bbc036.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41be4995e6b83adb590efb628091b6f937.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69045e8b9df8236cc4067ab97021d5c838.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c0673583c3cbc275f97b223528e525b39.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfd207432b927ab78dc646cece61970040.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce38b63c1dc6a6ded95199309cfb9f3441.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2adbb92fecd7d75027cb9f1fc10342ff42.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9003cbc7a4dcdafa1c8a132b3b6c5ef943.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6e4467de7925e96ca2eb71e36d7a4e44.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2d134fb7a3d7933cf53df5586c0939c45.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba23218729a5ea6abe10a06052cb9ee46.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2b2f0228b5016f8a32776d85adb013147.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>