--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -31,57 +31,57 @@
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Водяні круги та нарукавники оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>03:42</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Нарукавники для плавання ABCD 12 см</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 6 шт..</t>
   </si>
@@ -231,51 +231,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5548b452ad5a37f3ed97d07703445a921.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a15604b4fb85c5747ec66ac6b51f3b2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc1ba89d1803489094748054f689af733.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd04ae46608a7fc7f31543475cda61fd4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8bb729ed9600a85e0c3e48c0afe69ef5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae7168ea04beb6991809e5a2b0a555111.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/713a22877413a4572118226a47d51a512.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33202f2bd19e50de7af59bdd1bfd5e6d3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84a0e5130b2b3daf07cfa8bb917280804.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a049422c4699b689d4a6342b3a5284705.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>