--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -14,74 +14,74 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Слайми лізуни оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>03:39</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Слайми Капібари великі 13,5 см, 160 г</t>
   </si>
   <si>
     <t>23-4535</t>
   </si>
@@ -226,161 +226,119 @@
   <si>
     <t>Лізуни мультик 7 см, 147 г</t>
   </si>
   <si>
     <t>23-4526</t>
   </si>
   <si>
     <t>1000000045260</t>
   </si>
   <si>
     <t>262,77</t>
   </si>
   <si>
     <t>Лізуни триколірні 7 см, 147 г</t>
   </si>
   <si>
     <t>23-4522</t>
   </si>
   <si>
     <t>1000000045222</t>
   </si>
   <si>
     <t>250,70</t>
   </si>
   <si>
-    <t>Лізуни капібари 7 см, 147 г</t>
-[...16 lines deleted...]
-  <si>
     <t>Лизуни веселка з гліттером 7 см, 154 г</t>
   </si>
   <si>
     <t>23-4525</t>
   </si>
   <si>
     <t>1000000045253</t>
   </si>
   <si>
     <t>262,20</t>
   </si>
   <si>
     <t>Слайми капібара 7 см, 154 г</t>
   </si>
   <si>
     <t>23-5167</t>
   </si>
   <si>
     <t>1000000051674</t>
   </si>
   <si>
     <t>251,85</t>
   </si>
   <si>
     <t>Флаффі слайм зайчик 3,5 см, 65 г</t>
   </si>
   <si>
     <t>23-4623</t>
   </si>
   <si>
     <t>1000000046236</t>
   </si>
   <si>
     <t>Флаффі слайм насолода 4,5 см, 57 г</t>
   </si>
   <si>
     <t>23-4621</t>
   </si>
   <si>
     <t>1000000046212</t>
   </si>
   <si>
-    <t>Слайм Ведмедик 12 см</t>
-[...10 lines deleted...]
-  <si>
     <t>Лізун у банці Кришталь 11 см</t>
   </si>
   <si>
     <t>23-4630</t>
   </si>
   <si>
     <t>1000000046304</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 8 шт..</t>
   </si>
   <si>
     <t>371,68</t>
   </si>
   <si>
     <t>Слайм Фрукти 6,5 см</t>
   </si>
   <si>
     <t>23-4631</t>
   </si>
   <si>
     <t>1000000046311</t>
   </si>
   <si>
     <t>553,38</t>
   </si>
   <si>
-    <t>Слайм Судочок кольоровий 13 см</t>
-[...10 lines deleted...]
-  <si>
     <t>Слайм Персик 9,5 см</t>
   </si>
   <si>
     <t>23-4632</t>
   </si>
   <si>
     <t>1000000046328</t>
   </si>
   <si>
     <t>362,25</t>
   </si>
   <si>
     <t>Слайм кольорова Банка 11 см</t>
   </si>
   <si>
     <t>23-4615</t>
   </si>
   <si>
     <t>1000000046151</t>
   </si>
   <si>
     <t>620,31</t>
   </si>
   <si>
     <t>Слайм великий з блискітками Аніме 9 см</t>
@@ -511,87 +469,78 @@
   <si>
     <t>Лізуни Амонг АС 7 см</t>
   </si>
   <si>
     <t>22-19</t>
   </si>
   <si>
     <t>00000008159</t>
   </si>
   <si>
     <t>334,65</t>
   </si>
   <si>
     <t>Лізун КітГарфілд Sla-91</t>
   </si>
   <si>
     <t>1-8173</t>
   </si>
   <si>
     <t>000000008173</t>
   </si>
   <si>
     <t>372,46</t>
   </si>
   <si>
-    <t>Слайми Герої 6 см</t>
-[...5 lines deleted...]
-    <t>1000000004571</t>
+    <t>Слайм із іграшкою Барбі 7 см</t>
+  </si>
+  <si>
+    <t>23-804</t>
+  </si>
+  <si>
+    <t>1000000008043</t>
+  </si>
+  <si>
+    <t>Лізуни з іграшкою 3D Принцеси 7 см</t>
+  </si>
+  <si>
+    <t>23-864</t>
+  </si>
+  <si>
+    <t>1000000008647</t>
+  </si>
+  <si>
+    <t>Слайми Хагі Вагі 7,5 см</t>
+  </si>
+  <si>
+    <t>23-871</t>
+  </si>
+  <si>
+    <t>1000000008715</t>
   </si>
   <si>
     <t>327,75</t>
-  </si>
-[...25 lines deleted...]
-    <t>1000000008715</t>
   </si>
   <si>
     <t>Слайми Герої 3D зі зірками 7 см</t>
   </si>
   <si>
     <t>23-870</t>
   </si>
   <si>
     <t>1000000008708</t>
   </si>
   <si>
     <t>Слайми Герої 3D 7 см</t>
   </si>
   <si>
     <t>23-872</t>
   </si>
   <si>
     <t>1000000008722</t>
   </si>
   <si>
     <t>Лізуни Пікачу 3D 7 см</t>
   </si>
   <si>
     <t>23-1263</t>
   </si>
@@ -720,51 +669,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5038b2fb568931ad8d025664041d29c1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52cc33be49c28b886e550ca3da4b5b5f2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ef1d54f24987916ac162adeb542a7b83.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fecc77b6952abc3000a812ed92632e7d4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b40364f4c983a8d4361206f6190b1e25.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4f305311dde53854846ee41d1393b026.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4be9fef3408b1da52c1c238df41e772e7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4a0ea7e53c4a34b6fa8814ecf42231c8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8d9ea5f503f9c824dcbaad9039b0bb99.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/948cdda5c412304b4a614da6f14ea98310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc3ef72ad43aee2089c39f46f4939e8711.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb29cd5c288ab586eee5ff78279d26f812.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2635bc7118ec38b970c1b7bb0493036613.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/820012ed28009421d38237937d307f1614.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46566df730a5b4e50759872a9ab5ff2415.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba826eaa29db4e22811123cb660fed7b16.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8201bf6d974b5dbbf47f10955675182817.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1785102b68882fdc37c5daadb187e83518.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed38ceddcefd307e3675ab90b13292ce19.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64ba0504a3b94b114db5a5650dcda29120.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce43648665e0ba613f98ac3891fdcac721.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40a683356f3b01d271f52dfd4982a6322.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f766d6ab6bb373496b3deb491e054b5423.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275083ef901ccdd5bad38e6408caed7b24.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4279eff84e99004f970874180518c5a225.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78b3977b3df27c9f37cefeb4fe99f9d626.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23edfa2c26c90d19e107222bf0a52cd127.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a95cadcef3412d3f504b43b4533f24028.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c00315035449d39666bb33b7b07f2c5629.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78d514cf794bc5aa7583ac60fbd305ee30.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25c39828108eba8ff54febfb544282d631.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26f34a76685fb3a6e9893adaf5ebbf0c32.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6836819e2e0fcb3e1b0125cf7320a7d633.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/892cce951667ca52f10e9c3c0c1ca82134.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0783922d8a61c8d4a8b5cff343be4b35.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a15eea2805e83e822c05a75080d2f7536.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75d492e69793ef5a31738964e5343e3a37.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/207cfd3fe84a9707a29fa57454fcebf638.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66029ba44252d6db729035e7001095eb39.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42b45c3dd2b5ec1aaee211834a416a2c40.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3a259e0ae4a194c26947adedc4801f241.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5aafda4ef044f3e61bdbd9b6082f9ab42.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d63ab9ba62559c44898451bec90ba41043.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44c0d0058ef4ef3fe2c6b09abdc23af144.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5fedd1365d9fd9179391d09b40570b545.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5adb23b9d51776ae2e8dca25b4d391e446.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15a6c04642b02f1b169c5b8236cf7cff47.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/794e18579f078c2a22cd5c78b889354848.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6d299aa9aa1690b41826f58ec1f8e949.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0296f7cbd653dfb88b7daab429f4d5950.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9fc38b6ecab6c0d355a87ac5c2156d91.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db878d5d8d6eb092599fd92754054082.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b10d71ab484b6cd459a791263ed5d383.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b59359d2d2fabecd0074cd3e6f2bd7c4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f26665cea682a67633a077eabab259495.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51daad39c6ae54e2f680d6d1a62394626.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db2c29cce11ce94a2b3ff6d9b98cdcef7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c45371e87e33ae5d83ad9842ad4026c98.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/405991c474e27e7607bd330bad1dd6b99.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ac175e90f67ee473545fd7c9ceff44710.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d80a4fcdd3f85081384990995eee90e411.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccd6386681701032770702a98d7ae6ca12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394b0bfabaec3ee5d93387bb570e167d13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501871bc631406992eb2d6fa0ccb1ac314.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/097ae93f5ad4882aa093b50f0d99e7c415.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87baca46084497181c4f7341e81446f116.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/693c447514c37bf5c6154f27191ac05917.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/113ae5d16a803623b51af14c5d0191cf18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93490db09bc2f243195d0ec890e5ed8819.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5bf36d6537aa2b358f9d4774f5dad720.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34c791eb595b26d94958813976ce5bde21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21a041fa94970c8632cd73c3eb1b148922.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d06bc8a1805dac2d5195286b41dd474a23.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af6e7a6fc346301d04b348be7a77a6a924.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fb87cf14a5fd116306b74254959f37f25.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/561fdf75919615fee1cab0eab86c209f26.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f668bbb3b9039eef94b227c5b9a13cf127.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c46cea287ad9f0962f0da69d0d16b61928.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ed46208ad459866ac04ecf09af052229.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/705c390a617006d6a84378e5d51bdcd530.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/214381a677b9f00d6534d3be5b2267ab31.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09bc0431a4bd98c474765799c1e5f94c32.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d277227a879f0dfe71f99861191cc0f33.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62f558cd3b6474312ab31116ae11af8e34.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3e0b23a141256d3c528e19390328bc635.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ee4c309b44de7c5c1dd2ca74134a1e336.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f12cd79e80369246bf9db9cfebd54f2137.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5886847bc8b7f8cfb1ebb94174c31e138.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceb710507c442e2e62855f3956a5e63939.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4f27ea2478aa1307110d2a12ad866dc40.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a4ff54b01c2810b05bbfe1f373ceb1741.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b3095729aa5cfb3c0519cbd8d9073f642.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e8dbf9fd979361f81271f38e3713ea143.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8caaff9725939627f559d906ddf2478d44.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e01313556f71197a771c0233048406c45.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2062,200 +2011,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
-        <a:stretch>
-[...148 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2522,51 +2321,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/3/slaymi-lizuni-optom/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K56"/>
+  <dimension ref="A1:K51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="28" customWidth="true" style="4"/>
     <col min="1" max="1" width="19" customWidth="true" style="0"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -2907,681 +2706,591 @@
       <c r="D20" t="s">
         <v>68</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="71">
       <c r="A21"/>
       <c r="B21" t="s">
         <v>70</v>
       </c>
       <c r="C21" t="s">
         <v>71</v>
       </c>
       <c r="D21" t="s">
         <v>72</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="71">
       <c r="A22"/>
       <c r="B22" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C22" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D22" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="71">
       <c r="A23"/>
       <c r="B23" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C23" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D23" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
-        <v>79</v>
+        <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="71">
       <c r="A24"/>
       <c r="B24" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C24" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D24" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
-        <v>83</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="71">
       <c r="A25"/>
       <c r="B25" t="s">
         <v>84</v>
       </c>
       <c r="C25" t="s">
         <v>85</v>
       </c>
       <c r="D25" t="s">
         <v>86</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="F25" t="s">
-        <v>26</v>
+        <v>88</v>
       </c>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="71">
       <c r="A26"/>
       <c r="B26" t="s">
+        <v>89</v>
+      </c>
+      <c r="C26" t="s">
+        <v>90</v>
+      </c>
+      <c r="D26" t="s">
+        <v>91</v>
+      </c>
+      <c r="E26" s="4" t="s">
         <v>87</v>
       </c>
-      <c r="C26" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F26" t="s">
-        <v>26</v>
+        <v>92</v>
       </c>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="71">
       <c r="A27"/>
       <c r="B27" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C27" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D27" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F27" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="28" spans="1:11" customHeight="1" ht="71">
       <c r="A28"/>
       <c r="B28" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C28" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D28" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="F28" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:11" customHeight="1" ht="71">
       <c r="A29"/>
       <c r="B29" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C29" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D29" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="F29" t="s">
-        <v>102</v>
+        <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="71">
       <c r="A30"/>
       <c r="B30" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C30" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D30" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E30" s="4" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="F30" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="31" spans="1:11" customHeight="1" ht="71">
       <c r="A31"/>
       <c r="B31" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C31" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D31" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="F31" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="32" spans="1:11" customHeight="1" ht="71">
       <c r="A32"/>
       <c r="B32" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C32" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D32" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F32" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="33" spans="1:11" customHeight="1" ht="71">
       <c r="A33"/>
       <c r="B33" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C33" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D33" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F33" t="s">
-        <v>38</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:11" customHeight="1" ht="71">
       <c r="A34"/>
       <c r="B34" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C34" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D34" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E34" s="4" t="s">
-        <v>121</v>
+        <v>17</v>
       </c>
       <c r="F34" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="35" spans="1:11" customHeight="1" ht="71">
       <c r="A35"/>
       <c r="B35" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C35" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D35" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F35" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="36" spans="1:11" customHeight="1" ht="71">
       <c r="A36"/>
       <c r="B36" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C36" t="s">
+        <v>130</v>
+      </c>
+      <c r="D36" t="s">
+        <v>131</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F36" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="37" spans="1:11" customHeight="1" ht="71">
       <c r="A37"/>
       <c r="B37" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C37" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D37" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F37" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
     </row>
     <row r="38" spans="1:11" customHeight="1" ht="71">
       <c r="A38"/>
       <c r="B38" t="s">
         <v>135</v>
       </c>
       <c r="C38" t="s">
         <v>136</v>
       </c>
       <c r="D38" t="s">
         <v>137</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F38" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="39" spans="1:11" customHeight="1" ht="71">
       <c r="A39"/>
       <c r="B39" t="s">
         <v>139</v>
       </c>
       <c r="C39" t="s">
         <v>140</v>
       </c>
       <c r="D39" t="s">
         <v>141</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F39" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="40" spans="1:11" customHeight="1" ht="71">
       <c r="A40"/>
       <c r="B40" t="s">
         <v>143</v>
       </c>
       <c r="C40" t="s">
         <v>144</v>
       </c>
       <c r="D40" t="s">
         <v>145</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F40" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="41" spans="1:11" customHeight="1" ht="71">
       <c r="A41"/>
       <c r="B41" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C41" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D41" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F41" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:11" customHeight="1" ht="71">
       <c r="A42"/>
       <c r="B42" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C42" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D42" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="E42" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F42" t="s">
-        <v>152</v>
+        <v>116</v>
       </c>
     </row>
     <row r="43" spans="1:11" customHeight="1" ht="71">
       <c r="A43"/>
       <c r="B43" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C43" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D43" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="F43" t="s">
-        <v>156</v>
+        <v>116</v>
       </c>
     </row>
     <row r="44" spans="1:11" customHeight="1" ht="71">
       <c r="A44"/>
       <c r="B44" t="s">
         <v>157</v>
       </c>
       <c r="C44" t="s">
         <v>158</v>
       </c>
       <c r="D44" t="s">
         <v>159</v>
       </c>
       <c r="E44" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F44" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:11" customHeight="1" ht="71">
       <c r="A45"/>
       <c r="B45" t="s">
         <v>161</v>
       </c>
       <c r="C45" t="s">
         <v>162</v>
       </c>
       <c r="D45" t="s">
         <v>163</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F45" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:11" customHeight="1" ht="71">
       <c r="A46"/>
       <c r="B46" t="s">
+        <v>164</v>
+      </c>
+      <c r="C46" t="s">
         <v>165</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>166</v>
       </c>
-      <c r="D46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F46" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
     </row>
     <row r="47" spans="1:11" customHeight="1" ht="71">
       <c r="A47"/>
       <c r="B47" t="s">
+        <v>167</v>
+      </c>
+      <c r="C47" t="s">
+        <v>168</v>
+      </c>
+      <c r="D47" t="s">
         <v>169</v>
       </c>
-      <c r="C47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E47" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F47" t="s">
-        <v>130</v>
+        <v>116</v>
       </c>
     </row>
     <row r="48" spans="1:11" customHeight="1" ht="71">
       <c r="A48"/>
       <c r="B48" t="s">
+        <v>170</v>
+      </c>
+      <c r="C48" t="s">
+        <v>171</v>
+      </c>
+      <c r="D48" t="s">
         <v>172</v>
       </c>
-      <c r="C48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E48" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F48" t="s">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:11" customHeight="1" ht="71">
       <c r="A49"/>
       <c r="B49" t="s">
+        <v>173</v>
+      </c>
+      <c r="C49" t="s">
+        <v>174</v>
+      </c>
+      <c r="D49" t="s">
         <v>175</v>
       </c>
-      <c r="C49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E49" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F49" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:11" customHeight="1" ht="71">
       <c r="A50"/>
       <c r="B50" t="s">
+        <v>176</v>
+      </c>
+      <c r="C50" t="s">
+        <v>177</v>
+      </c>
+      <c r="D50" t="s">
         <v>178</v>
       </c>
-      <c r="C50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F50" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:11" customHeight="1" ht="71">
       <c r="A51"/>
       <c r="B51" t="s">
+        <v>179</v>
+      </c>
+      <c r="C51" t="s">
+        <v>180</v>
+      </c>
+      <c r="D51" t="s">
         <v>181</v>
       </c>
-      <c r="C51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E51" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F51" t="s">
-        <v>168</v>
-[...89 lines deleted...]
-        <v>168</v>
+        <v>160</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 