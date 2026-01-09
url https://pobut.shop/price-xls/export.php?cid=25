--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -31,57 +31,57 @@
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Дитячі вентилятори оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>04:17</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Ручний дитячий вентилятор Губка 15 см</t>
   </si>
   <si>
     <t>23-2005</t>
   </si>
@@ -154,81 +154,81 @@
   <si>
     <t>Ручні подвійні вентилятори Кошечки 16 см</t>
   </si>
   <si>
     <t>23-2016</t>
   </si>
   <si>
     <t>1000000020168</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 18 шт..</t>
   </si>
   <si>
     <t>833,38</t>
   </si>
   <si>
     <t>Ручні подвійні вентилятори Посіпаки 16 см</t>
   </si>
   <si>
     <t>23-2015</t>
   </si>
   <si>
     <t>1000000020151</t>
   </si>
   <si>
+    <t>Ручні подвійні вентилятори Фламінго 15 см</t>
+  </si>
+  <si>
+    <t>23-2008</t>
+  </si>
+  <si>
+    <t>1000000020083</t>
+  </si>
+  <si>
+    <t>603,17</t>
+  </si>
+  <si>
     <t>Ручні подвійні вентилятори Бульдог 17 см</t>
   </si>
   <si>
     <t>23-2012</t>
   </si>
   <si>
     <t>1000000020120</t>
   </si>
   <si>
     <t>762,59</t>
   </si>
   <si>
     <t>Ручні подвійні вентилятори Зайці 18 см</t>
   </si>
   <si>
     <t>23-2014</t>
   </si>
   <si>
     <t>1000000020144</t>
-  </si>
-[...10 lines deleted...]
-    <t>603,17</t>
   </si>
   <si>
     <t>Ручні подвійні дитячі вентилятори Вухастики 16 см</t>
   </si>
   <si>
     <t>23-2013</t>
   </si>
   <si>
     <t>1000000020137</t>
   </si>
   <si>
     <t>753,82</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -306,51 +306,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e77c5b3a72070d13f668036c0951132f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d48d38f340ca3f36dbe04b1e15cbfbf32.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71f41977c2332bad2815710258bca42b3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0fc0cbe506947bf3f3d5b3316da51b44.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47c6bee16a29be202ca5f3246461b4f35.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e531150f67d3087df5c40995248b23506.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fba0fa387138ff64e05aec6e8b7589c7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ead9fc68f9179a982d442ae762e3a28.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce76700571c27f6b26593747e881b3fd9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b2b1a1c0b969d1b9e4ad3e97d0a392610.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca53e91462ea809e64ed47bb72878f7811.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a41019633b85eec2807fc463f67c03f12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9050a02c3bd15dbb694b69892e6e21e813.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a37e7ea645be16e5b5d91b26c1146ea71.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd2366d05e254425357032b32b4b87592.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10cb27674e58a083ccf3c5edabd1306f3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ddf15bba3f7f3e110576b67dc4a39894.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f874e11c392825e354d235e0bd0979c25.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd7fd795b72bb8dc777ecefb6fa691c76.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc5b938db3d89b34f9557129ec4acd5a7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b235cda674c6e53988c87120f2ee2c48.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6092b84cda805e1431170c88f58d75b29.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b34ebced6c739577cb8c6a272b17fa010.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c03beec75c3e9992d1746e54f8d170e11.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c0a7fce086240f8eb58d882c81e89c412.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450338ec98bd50bd6fcb721848ad9f7f13.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1290,90 +1290,90 @@
       <c r="C15" t="s">
         <v>44</v>
       </c>
       <c r="D15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>41</v>
       </c>
       <c r="F15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:11" customHeight="1" ht="71">
       <c r="A16"/>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
       <c r="D16" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="F16" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:11" customHeight="1" ht="71">
       <c r="A17"/>
       <c r="B17" t="s">
         <v>50</v>
       </c>
       <c r="C17" t="s">
         <v>51</v>
       </c>
       <c r="D17" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>41</v>
       </c>
       <c r="F17" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="71">
       <c r="A18"/>
       <c r="B18" t="s">
+        <v>54</v>
+      </c>
+      <c r="C18" t="s">
+        <v>55</v>
+      </c>
+      <c r="D18" t="s">
+        <v>56</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F18" t="s">
         <v>53</v>
-      </c>
-[...10 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="71">
       <c r="A19"/>
       <c r="B19" t="s">
         <v>57</v>
       </c>
       <c r="C19" t="s">
         <v>58</v>
       </c>
       <c r="D19" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>41</v>
       </c>
       <c r="F19" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>