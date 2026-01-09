--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -31,57 +31,57 @@
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Матраци для плавання оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>04:18</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Надувний матрац для плавання Морський 90 см</t>
   </si>
   <si>
     <t>23-1942</t>
   </si>
@@ -258,51 +258,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d23b002ba209e37da4a44a7e2e4ca4291.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1b86fbbcd206e72d33e3bbc76c314f42.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b09ff36b16f4d3bfdc52e5b587c73f53.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f5b85fbb2fea0e9351e75b05c5da3f84.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c2a2f6c6e7a768fb2cdb11c78bf7e385.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eba9ae28f43d681b57e13f1b2a8d0ac36.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2087fdc597f2cb2c0b9f5fcd433b03a47.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1632a4e9b05186d2f0827f8d37188a5d8.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e11886f2b6929b1180b13d006e60ae91.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cedb74870d46750943d42f43fa7976182.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e75a77dd42cbdfbe04b7eb74970d952b3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965b54ca1a4c6700d494821ec018597e4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e18b525605081d209d210e1e0e80298e5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a508eb2356fbaacf6b37c4c06cb5d76.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77f3e65f4431834298bbc22ccddc9727.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f28204ff86bb8fc00ed7ab5bd17f39618.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>