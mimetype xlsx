--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -14,74 +14,74 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Іграшка прикол оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>04:15</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Лазерна указка RL-303 Laser</t>
   </si>
   <si>
     <t>23-204</t>
   </si>
@@ -160,62 +160,50 @@
   <si>
     <t>Накладна борода прикол 18 см, 12 штук</t>
   </si>
   <si>
     <t>23-5095</t>
   </si>
   <si>
     <t>1000000050950</t>
   </si>
   <si>
     <t>220,25</t>
   </si>
   <si>
     <t>Ніж із тюбиком крові прикол 22 см</t>
   </si>
   <si>
     <t>23-5094</t>
   </si>
   <si>
     <t>1000000050943</t>
   </si>
   <si>
     <t>49,27</t>
   </si>
   <si>
-    <t>Металеві поліцейські дитячі Наручники 27 см</t>
-[...10 lines deleted...]
-  <si>
     <t>Зуби вампіра із кров'ю</t>
   </si>
   <si>
     <t>23-5087</t>
   </si>
   <si>
     <t>1000000050875</t>
   </si>
   <si>
     <t>260,82</t>
   </si>
   <si>
     <t>Дитячі штампики Смайли 4 см</t>
   </si>
   <si>
     <t>23-5210</t>
   </si>
   <si>
     <t>1000000052107</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 120 шт..</t>
   </si>
   <si>
     <t>521,64</t>
@@ -229,407 +217,341 @@
   <si>
     <t>1000000052121</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 60 шт..</t>
   </si>
   <si>
     <t>Дитячі морські штампики 4 см</t>
   </si>
   <si>
     <t>23-5208</t>
   </si>
   <si>
     <t>1000000052084</t>
   </si>
   <si>
     <t>Дитячі штампики лайки 4 см</t>
   </si>
   <si>
     <t>23-5211</t>
   </si>
   <si>
     <t>1000000052114</t>
   </si>
   <si>
-    <t>Дитячі штампики капібари 4 см</t>
-[...5 lines deleted...]
-    <t>1000000052091</t>
+    <t>Дитяча Рогатка Какашка прилипалка 8,5 см</t>
+  </si>
+  <si>
+    <t>23-5180</t>
+  </si>
+  <si>
+    <t>1000000051803</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 50 шт..</t>
+  </si>
+  <si>
+    <t>386,40</t>
+  </si>
+  <si>
+    <t>Дитяча наліпка емодзі</t>
+  </si>
+  <si>
+    <t>23-5186</t>
+  </si>
+  <si>
+    <t>1000000051865</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 36 шт..</t>
+  </si>
+  <si>
+    <t>284,62</t>
+  </si>
+  <si>
+    <t>Гіпсова фігурка Мультик розмальовка 6 см</t>
+  </si>
+  <si>
+    <t>23-2176</t>
+  </si>
+  <si>
+    <t>1000000002176</t>
+  </si>
+  <si>
+    <t>579,60</t>
+  </si>
+  <si>
+    <t>Сяючий Йо Йо Собачий патруль</t>
+  </si>
+  <si>
+    <t>23-4648</t>
+  </si>
+  <si>
+    <t>1000000046489</t>
+  </si>
+  <si>
+    <t>313,03</t>
+  </si>
+  <si>
+    <t>Світиться Йо Йо Пікачу</t>
+  </si>
+  <si>
+    <t>23-4644</t>
+  </si>
+  <si>
+    <t>1000000046441</t>
+  </si>
+  <si>
+    <t>Сяючий Йо Йо Тачки</t>
+  </si>
+  <si>
+    <t>23-4650</t>
+  </si>
+  <si>
+    <t>1000000046502</t>
+  </si>
+  <si>
+    <t>Сяючий Йо Йо Емодзі</t>
+  </si>
+  <si>
+    <t>23-4647</t>
+  </si>
+  <si>
+    <t>1000000046472</t>
+  </si>
+  <si>
+    <t>Сяючий Йо Йо Капібара</t>
+  </si>
+  <si>
+    <t>23-4651</t>
+  </si>
+  <si>
+    <t>1000000046519</t>
+  </si>
+  <si>
+    <t>Світиться Йо Йо М'ячі</t>
+  </si>
+  <si>
+    <t>23-4653</t>
+  </si>
+  <si>
+    <t>1000000046533</t>
+  </si>
+  <si>
+    <t>Сяючий Йо Йо Тобот</t>
+  </si>
+  <si>
+    <t>23-4646</t>
+  </si>
+  <si>
+    <t>1000000046465</t>
+  </si>
+  <si>
+    <t>Сяючий Йо Йо Морський</t>
+  </si>
+  <si>
+    <t>23-4649</t>
+  </si>
+  <si>
+    <t>1000000046496</t>
+  </si>
+  <si>
+    <t>Світиться Йо Йо Людина Павук</t>
+  </si>
+  <si>
+    <t>23-4645</t>
+  </si>
+  <si>
+    <t>1000000046458</t>
+  </si>
+  <si>
+    <t>Водна гра в кільця Аніме 12 см</t>
+  </si>
+  <si>
+    <t>23-4767</t>
+  </si>
+  <si>
+    <t>1000000047677</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 24 шт..</t>
   </si>
   <si>
-    <t>104,33</t>
-[...145 lines deleted...]
-  <si>
     <t>915,77</t>
   </si>
   <si>
     <t>Водна гра в кільця Морський 12 см</t>
   </si>
   <si>
     <t>23-4765</t>
   </si>
   <si>
     <t>1000000047653</t>
   </si>
   <si>
     <t>Водна гра в кільця Блискавка Піка 12 см</t>
   </si>
   <si>
     <t>23-4766</t>
   </si>
   <si>
     <t>1000000047660</t>
   </si>
   <si>
     <t>Водна гра в кільця Кольорова Морська 16,5 см</t>
   </si>
   <si>
     <t>23-4761</t>
   </si>
   <si>
     <t>1000000047615</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 8 шт..</t>
   </si>
   <si>
     <t>258,98</t>
   </si>
   <si>
-    <t>Настільна гра Конгі 2 см Гра в Кальмара</t>
-[...5 lines deleted...]
-    <t>1000000047219</t>
+    <t>Іграшка спіннер М'яч Футбольний 5 см</t>
+  </si>
+  <si>
+    <t>23-4747</t>
+  </si>
+  <si>
+    <t>1000000047479</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 16 шт..</t>
+  </si>
+  <si>
+    <t>158,93</t>
+  </si>
+  <si>
+    <t>Прикол пластиковий Прусак та Сколопендра 4,5 см</t>
+  </si>
+  <si>
+    <t>23-4732</t>
+  </si>
+  <si>
+    <t>1000000047325</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 20 шт..</t>
+  </si>
+  <si>
+    <t>75,90</t>
+  </si>
+  <si>
+    <t>Ігрові картки Стіч Вухань</t>
+  </si>
+  <si>
+    <t>23-4717</t>
+  </si>
+  <si>
+    <t>1000000047172</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 15 шт..</t>
+  </si>
+  <si>
+    <t>312,22</t>
+  </si>
+  <si>
+    <t>Скакалка 2,2 метри</t>
+  </si>
+  <si>
+    <t>23-4196</t>
+  </si>
+  <si>
+    <t>1000000041965</t>
+  </si>
+  <si>
+    <t>209,30</t>
+  </si>
+  <si>
+    <t>Рогатка 17 см</t>
+  </si>
+  <si>
+    <t>23-733</t>
+  </si>
+  <si>
+    <t>1000000007336</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 5 шт..</t>
   </si>
   <si>
-    <t>94,30</t>
-[...91 lines deleted...]
-  <si>
     <t>82,51</t>
   </si>
   <si>
     <t>Лізун-антистрес Змії чорні на палетці 16 см</t>
   </si>
   <si>
     <t>23-1634</t>
   </si>
   <si>
     <t>000000016345</t>
   </si>
   <si>
     <t>77,74</t>
   </si>
   <si>
     <t>Лізун-антистрес Ведмедики на палетці 16 см</t>
   </si>
   <si>
     <t>0000016345</t>
   </si>
   <si>
     <t>Лізун-антистрес Змії парні на палетці 8 см</t>
   </si>
   <si>
     <t>23-1635</t>
   </si>
   <si>
     <t>000000016352</t>
   </si>
   <si>
     <t>Лизун-антистрес Миші на палетці 5,5 см uk</t>
   </si>
   <si>
     <t>00000016352</t>
   </si>
   <si>
     <t>Лізун-антистрес Булава на палетці 17 см</t>
   </si>
   <si>
     <t>23-1630</t>
   </si>
   <si>
     <t>1000000016307</t>
   </si>
   <si>
     <t>94,81</t>
   </si>
   <si>
-    <t>Лізун-антистрес Морські Тварини на палетці 18 см</t>
-[...7 lines deleted...]
-  <si>
     <t>Лізун-антистрес ЇЖОК на палетці 19 см</t>
   </si>
   <si>
     <t>23-1636</t>
   </si>
   <si>
     <t>1000000016369</t>
   </si>
   <si>
     <t>Лізун-антистрес Павуки кольорові на палетці 10 см</t>
   </si>
   <si>
     <t>23-1631</t>
   </si>
   <si>
     <t>1000000016314</t>
   </si>
   <si>
     <t>Лізун-антистрес Рептилії на палетці 20 см</t>
   </si>
   <si>
     <t>23-1637</t>
   </si>
   <si>
     <t>1000000016376</t>
@@ -736,168 +658,126 @@
   <si>
     <t>Електронна гра Machine Pet 6 см</t>
   </si>
   <si>
     <t>23-1831</t>
   </si>
   <si>
     <t>1006825449115</t>
   </si>
   <si>
     <t>80,27</t>
   </si>
   <si>
     <t>Дитячий LCD планшет для малювання Блискавка Пікачу 30 см</t>
   </si>
   <si>
     <t>23-1807</t>
   </si>
   <si>
     <t>1000000018073</t>
   </si>
   <si>
     <t>236,32</t>
   </si>
   <si>
-    <t>Електронна гра Майстер Ритма Стіч 17,5 см</t>
+    <t>Електронна гра Майстер Ритма Блискавка Піка  17,5 см</t>
   </si>
   <si>
     <t>23-1811</t>
   </si>
   <si>
-    <t>1000000018110</t>
+    <t>000000018110</t>
   </si>
   <si>
     <t>237,93</t>
   </si>
   <si>
-    <t>Електронна гра Майстер Ритма Блискавка Піка  17,5 см</t>
-[...4 lines deleted...]
-  <si>
     <t>Електронна гра Майстер Рітма Аніме 17,5 см</t>
   </si>
   <si>
     <t>00000018110</t>
   </si>
   <si>
     <t>Дитяча Рогатка Какашка прилипалка 10 см</t>
   </si>
   <si>
     <t>23-737</t>
   </si>
   <si>
     <t>497,37</t>
   </si>
   <si>
+    <t>Рогатка 14 см</t>
+  </si>
+  <si>
+    <t>23-734</t>
+  </si>
+  <si>
+    <t>1000000007343</t>
+  </si>
+  <si>
+    <t>49,16</t>
+  </si>
+  <si>
+    <t>Повітряна бомба Граната маленька</t>
+  </si>
+  <si>
+    <t>23-193</t>
+  </si>
+  <si>
+    <t>1000000001938</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 40 шт..</t>
+  </si>
+  <si>
+    <t>69,00</t>
+  </si>
+  <si>
     <t>Рогатка стрілялка Роботом на палетці 10 см</t>
   </si>
   <si>
     <t>23-793</t>
   </si>
   <si>
     <t>1000000007930</t>
   </si>
   <si>
     <t>196,65</t>
   </si>
   <si>
-    <t>Рогатка 14 см</t>
-[...10 lines deleted...]
-  <si>
     <t>Паличка Пікмі указка Мультик 10 шт, 66 см</t>
   </si>
   <si>
     <t>23-2174</t>
   </si>
   <si>
     <t>1000000051964</t>
   </si>
   <si>
     <t>188,37</t>
-  </si>
-[...49 lines deleted...]
-    <t>69,00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF1315F0"/>
       <name val="Calibri"/>
@@ -963,51 +843,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd8404358ac489d1d5ecf925e7334e581.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/706336252ccc85830314d9207051d98c2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc3eebef94f54e5ce394111866570063.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/560b538e76272f21271dd359c0c570c84.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e87916a84771e44e0ec92bfd27e6d7545.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24aba1dbb7fcc54fb6019fc2986f14d36.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02e76c59b9d421d065c09f9893213fc7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa451fe7b2d599e0ab132f702da197e8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a1a9aa70b5f15f30b9a297dd3fad5b79.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eda884985f842fe696559aa9d3ef118310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92510569ce6b6807b9221973b388fea511.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70fa49fdbfbcd53db60b2c0ee2d3d52a12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f3b1be4d61581c0c3d7638eaac0fd5f13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb547c475e4658c1e175d60849e5f41b14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcf64f163f55453b1642cec941364c8f15.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8471e618423186bb02f0accc3a5830f816.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0fdf93783896495d240bdadae6b3dc417.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/164813ba6393593a50556c6f4724750118.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd5f3f39fdd5509eb5e9cd98656c0fbd19.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28771cb802419ec6e6f9686d935d3d1320.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b570d8b4d9a30d6155e637ecf366e3a521.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25be1a723cce910a9509ec737bc621ad22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f5d955ecf9c77fcdfd402c733ddf14823.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542d005dcaafe8b8c52f469fd71fbbaa24.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23e586325279d6c5d08084c5c9adf70425.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0ed1ed422923ff4f93bb9f5fde87f2426.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79b5a074073e86996c231d1b223bc3b627.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/101895bef9f328390ea0f7b96bc7157e28.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a1dfbd30cd965eda1b1d22e5236fdb429.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf7c72cce88ebef8ba771180c528acfe30.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/658304a00513e7b0b08e777605180ddd31.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73227f1ee845c956127c8ae6caeff3d132.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea8695f01026ab76af7b793863ba046d33.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10b02d88b8703521676f54f650a14ed734.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2941f3c9c147a05abc2be0481bacabc635.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/068a7bd172b3c79794758e180086cbf836.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7086d4e14476d35abd349c3f6e2db0e237.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b26e7dd852e0328ea37e94744236161838.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc35fed725f0c90a98e00aa14cec531a39.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb7a17821f4f05fda505f4f5e0b6826640.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7a6aa304d26560bdda447e7d7e4c2ef41.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e15b36c71140c0010c149a097e7d4842.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/696dff3218f57f3f32c19b98c5b74fdd43.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8562573f8fc8d2799dee8b4995e34a1044.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8668e7b5f3ca95a07de119ace8bcc7245.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5cc54e7d35425804c7fe0dca4db186646.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da3799c6c6031ef46c11ff417c58707d47.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4607b0ba1b162916ed622e79ea58e54648.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56630b8311546bb49a592b999fedcf1249.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9c0fe4933dfb5c2e23fd20a5532f7cc50.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc0c6eba6a3cb191f3bc550d0e60689e51.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f39da80c1107ea1074d1e7ffcbb65e952.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a017bc3bbc6c9e81510d73f4e78fd77753.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/485de2d1037df9f35e383de2c946c0cb54.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d424d93201265201aab1cf23abe89ef55.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6df669cdc90d0e39b58d9ae3cd7c8dd956.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3023278912b575defda8ee4c389150357.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1160ee2d7bd4e94810ff7d2557afeb8258.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af31618bf93a0d6149303b8585f9989659.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99393ce90aca3b3acd7c74aef56ce21260.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f500d2c367349535d403632e21d6e83561.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89035e28f55cf4583d0ff062c9c5540362.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43f6b5bfd1729d6051fc0fc87b11a89363.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c740db2701670d3d8ce47eb1027cd5c64.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf8b208d7cf996ef36426e3c5be5509b65.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d049bc686e978ecdf5e325d6be0154566.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57936899fc0ae12e17bde9d7a592063667.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26ee452cdf851e7fbf47c3c380d94cd68.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9353116d246e2ad7f7e57b00645c772069.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb46266e0ed6fba84be6d0d8f03606ad70.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2425ca4334517258c5b6ec7ddf4f31e371.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5665b6d446632382471156773482493f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20ce4b42caceb7bd7da160e9a61295552.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e70b1f8ab632086752d20251dc50003.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7752c00922611abc17ec07b5edab5d0e4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a26f8979fb0f4875919cfe7e4338825.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37789ed2529359a81d4f9e18b6b50a4d6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f78dccb28da4ff48776fbb948366dc6b7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67fc01c9358c5b7005e3d57d83c647958.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55c524602d9a48056890e89ccb9be2579.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4321e70fd2175b3922ff2afe7bfb179a10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd52445e0ae9256782453fab7baadf911.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9af1b2f89e8867d61254f601d62b2d12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9db526123abf9bdb4eabd758be0ff7813.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3891b5951b7eb3cffb58b8eaed0821cb14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/708d58eee92a10aa0963826d03591cee15.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba26a8bd7328ef43482b7df8decf7fcd16.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45b15a13ce19201727bdd1572e0d864917.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23e39fd3e01b1b749fd9344b2c8ecfdc18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/713435fea749dc34c597c5f573dab91619.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a26e59fdfd5d8b9fca4b1d7e0c40f08020.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d75c4440f7f009a27b36c92aff3e018d21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf70f1d8665c99a679ed31c11e647dcb22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3ef7f0de9250886fb6b5cd46b5a004b23.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22caa7facc5a747b30c8b2792e7ed5bf24.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5cb41f9a94071da036fa670683560b25.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228c79b9f92f328d084077a4ec68e0b626.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11880ac5b2bf2119749dd67fb9be36b527.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2593ae770bdf8979ad4ec49d8a95e1b928.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38219e04c998787b46e606fec591e46629.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65f3853627cd8053e02d3cc6fb09e1d130.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0919b7df92b12c9d59a136a713964d7531.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ba9add16df4d5ecc7ffebc0767f55fb32.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79c567365964b346175d325f047d73133.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38f6d85d0365d9847de220b5aba202c834.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e9eb8d466c73ba73aa71b8803c31cb035.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55d75943449588c4e944854a02132dc236.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4cc78393dfafe3cf21afa5d26e6427e37.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fa9c1ea57a52e6e6fafb01ebae8500538.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/724ff6ec83e18a8ed8a3c3eb9e3ec4db39.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1213c37300952091c171d4b793d6b94640.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03604a4ce95e8843f5450a682434bc2441.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0787b25bdb5aa6c3d8d69e61d7a2e23c42.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8b9cc3e1eb3a4072e61aaab49b4bb7f43.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a204ddfe8b886a54d7d89cc2904ad26c44.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d52f05d35b4224c2d8cf876c49b18fd45.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6fa0eeddcef62e7c4b9fb15e303d6e146.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ae06c4df45d2d81054b38eeae4e6b2447.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a42b460e68be9b76b7bf848e807f0b9048.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9eae5df9ca0a78c827e36f50d0f31e749.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a07060a479b2df4251c6fc25f422d4f50.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9cb0356b28e4aa2ddf81dbb404a38ef51.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce0ff021ee4ad1455437c0f2ec4c9b0552.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09bbb76b2696c11ab73172171c4c81ac53.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d303168f32830912740e13543a83cea654.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b47c0c3fbc379bab575a55cd0b7c105f55.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fc163e97c09ebcc6a827712f411eff056.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a3c587e7907e422f84307526c1add5357.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e17e0a98e46148f4044c81472f6408b358.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7f37e27e4b9d7becdc3f2201969971b59.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3416399f8d5808f2a8154c299e159a9b60.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2755,380 +2635,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>65</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
-        <a:stretch>
-[...328 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3395,51 +2945,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/21/igrashka-prikol-optom/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K77"/>
+  <dimension ref="A1:K66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="28" customWidth="true" style="4"/>
     <col min="1" max="1" width="19" customWidth="true" style="0"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -3667,1170 +3217,972 @@
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F14" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:11" customHeight="1" ht="71">
       <c r="A15"/>
       <c r="B15" t="s">
         <v>48</v>
       </c>
       <c r="C15" t="s">
         <v>49</v>
       </c>
       <c r="D15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="F15" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:11" customHeight="1" ht="71">
       <c r="A16"/>
       <c r="B16" t="s">
         <v>52</v>
       </c>
       <c r="C16" t="s">
         <v>53</v>
       </c>
       <c r="D16" t="s">
         <v>54</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="F16" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:11" customHeight="1" ht="71">
       <c r="A17"/>
       <c r="B17" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C17" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D17" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F17" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="71">
       <c r="A18"/>
       <c r="B18" t="s">
         <v>61</v>
       </c>
       <c r="C18" t="s">
         <v>62</v>
       </c>
       <c r="D18" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F18" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="71">
       <c r="A19"/>
       <c r="B19" t="s">
+        <v>64</v>
+      </c>
+      <c r="C19" t="s">
         <v>65</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>66</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="4" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F19" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:11" customHeight="1" ht="71">
       <c r="A20"/>
       <c r="B20" t="s">
+        <v>67</v>
+      </c>
+      <c r="C20" t="s">
         <v>68</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>69</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="E20" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="71">
       <c r="A21"/>
       <c r="B21" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C21" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D21" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F21" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="71">
       <c r="A22"/>
       <c r="B22" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C22" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D22" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E22" s="4" t="s">
-        <v>79</v>
+        <v>30</v>
       </c>
       <c r="F22" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="71">
       <c r="A23"/>
       <c r="B23" t="s">
         <v>81</v>
       </c>
       <c r="C23" t="s">
         <v>82</v>
       </c>
       <c r="D23" t="s">
         <v>83</v>
       </c>
       <c r="E23" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F23" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="71">
       <c r="A24"/>
       <c r="B24" t="s">
+        <v>85</v>
+      </c>
+      <c r="C24" t="s">
         <v>86</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>30</v>
       </c>
       <c r="F24" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="71">
       <c r="A25"/>
       <c r="B25" t="s">
+        <v>88</v>
+      </c>
+      <c r="C25" t="s">
+        <v>89</v>
+      </c>
+      <c r="D25" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>30</v>
       </c>
       <c r="F25" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="71">
       <c r="A26"/>
       <c r="B26" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C26" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D26" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>30</v>
       </c>
       <c r="F26" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="71">
       <c r="A27"/>
       <c r="B27" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C27" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D27" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>30</v>
       </c>
       <c r="F27" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
     </row>
     <row r="28" spans="1:11" customHeight="1" ht="71">
       <c r="A28"/>
       <c r="B28" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C28" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D28" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>30</v>
       </c>
       <c r="F28" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:11" customHeight="1" ht="71">
       <c r="A29"/>
       <c r="B29" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C29" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D29" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>30</v>
       </c>
       <c r="F29" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="71">
       <c r="A30"/>
       <c r="B30" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="C30" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D30" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>30</v>
       </c>
       <c r="F30" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:11" customHeight="1" ht="71">
       <c r="A31"/>
       <c r="B31" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C31" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="D31" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>30</v>
       </c>
       <c r="F31" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
     </row>
     <row r="32" spans="1:11" customHeight="1" ht="71">
       <c r="A32"/>
       <c r="B32" t="s">
+        <v>109</v>
+      </c>
+      <c r="C32" t="s">
+        <v>110</v>
+      </c>
+      <c r="D32" t="s">
+        <v>111</v>
+      </c>
+      <c r="E32" s="4" t="s">
         <v>112</v>
       </c>
-      <c r="C32" t="s">
+      <c r="F32" t="s">
         <v>113</v>
-      </c>
-[...7 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="33" spans="1:11" customHeight="1" ht="71">
       <c r="A33"/>
       <c r="B33" t="s">
+        <v>114</v>
+      </c>
+      <c r="C33" t="s">
         <v>115</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>116</v>
       </c>
-      <c r="D33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="4" t="s">
-        <v>30</v>
+        <v>112</v>
       </c>
       <c r="F33" t="s">
-        <v>93</v>
+        <v>113</v>
       </c>
     </row>
     <row r="34" spans="1:11" customHeight="1" ht="71">
       <c r="A34"/>
       <c r="B34" t="s">
+        <v>117</v>
+      </c>
+      <c r="C34" t="s">
         <v>118</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>119</v>
       </c>
-      <c r="D34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" s="4" t="s">
-        <v>30</v>
+        <v>112</v>
       </c>
       <c r="F34" t="s">
-        <v>93</v>
+        <v>113</v>
       </c>
     </row>
     <row r="35" spans="1:11" customHeight="1" ht="71">
       <c r="A35"/>
       <c r="B35" t="s">
+        <v>120</v>
+      </c>
+      <c r="C35" t="s">
         <v>121</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>122</v>
       </c>
-      <c r="D35" t="s">
+      <c r="E35" s="4" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="F35" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="36" spans="1:11" customHeight="1" ht="71">
       <c r="A36"/>
       <c r="B36" t="s">
         <v>125</v>
       </c>
       <c r="C36" t="s">
         <v>126</v>
       </c>
       <c r="D36" t="s">
         <v>127</v>
       </c>
       <c r="E36" s="4" t="s">
-        <v>74</v>
+        <v>128</v>
       </c>
       <c r="F36" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
     </row>
     <row r="37" spans="1:11" customHeight="1" ht="71">
       <c r="A37"/>
       <c r="B37" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C37" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D37" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>74</v>
+        <v>133</v>
       </c>
       <c r="F37" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
     </row>
     <row r="38" spans="1:11" customHeight="1" ht="71">
       <c r="A38"/>
       <c r="B38" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C38" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="D38" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="E38" s="4" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="F38" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
     </row>
     <row r="39" spans="1:11" customHeight="1" ht="71">
       <c r="A39"/>
       <c r="B39" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="C39" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D39" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>139</v>
+        <v>21</v>
       </c>
       <c r="F39" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="40" spans="1:11" customHeight="1" ht="71">
       <c r="A40"/>
       <c r="B40" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C40" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="D40" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="E40" s="4" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F40" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="41" spans="1:11" customHeight="1" ht="71">
       <c r="A41"/>
       <c r="B41" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C41" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D41" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>149</v>
+        <v>133</v>
       </c>
       <c r="F41" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="42" spans="1:11" customHeight="1" ht="71">
       <c r="A42"/>
       <c r="B42" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C42" t="s">
+        <v>150</v>
+      </c>
+      <c r="D42" t="s">
+        <v>154</v>
+      </c>
+      <c r="E42" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="F42" t="s">
         <v>152</v>
-      </c>
-[...7 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="43" spans="1:11" customHeight="1" ht="71">
       <c r="A43"/>
       <c r="B43" t="s">
         <v>155</v>
       </c>
       <c r="C43" t="s">
         <v>156</v>
       </c>
       <c r="D43" t="s">
         <v>157</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>21</v>
+        <v>133</v>
       </c>
       <c r="F43" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
     </row>
     <row r="44" spans="1:11" customHeight="1" ht="71">
       <c r="A44"/>
       <c r="B44" t="s">
+        <v>158</v>
+      </c>
+      <c r="C44" t="s">
+        <v>156</v>
+      </c>
+      <c r="D44" t="s">
         <v>159</v>
       </c>
-      <c r="C44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E44" s="4" t="s">
-        <v>162</v>
+        <v>133</v>
       </c>
       <c r="F44" t="s">
-        <v>163</v>
+        <v>152</v>
       </c>
     </row>
     <row r="45" spans="1:11" customHeight="1" ht="71">
       <c r="A45"/>
       <c r="B45" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="C45" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D45" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>21</v>
+        <v>133</v>
       </c>
       <c r="F45" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
     </row>
     <row r="46" spans="1:11" customHeight="1" ht="71">
       <c r="A46"/>
       <c r="B46" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C46" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="D46" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="E46" s="4" t="s">
-        <v>139</v>
+        <v>30</v>
       </c>
       <c r="F46" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
     </row>
     <row r="47" spans="1:11" customHeight="1" ht="71">
       <c r="A47"/>
       <c r="B47" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="C47" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D47" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>149</v>
+        <v>30</v>
       </c>
       <c r="F47" t="s">
-        <v>175</v>
+        <v>163</v>
       </c>
     </row>
     <row r="48" spans="1:11" customHeight="1" ht="71">
       <c r="A48"/>
       <c r="B48" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="C48" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D48" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="E48" s="4" t="s">
-        <v>149</v>
+        <v>30</v>
       </c>
       <c r="F48" t="s">
-        <v>175</v>
+        <v>163</v>
       </c>
     </row>
     <row r="49" spans="1:11" customHeight="1" ht="71">
       <c r="A49"/>
       <c r="B49" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="C49" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="D49" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>149</v>
+        <v>30</v>
       </c>
       <c r="F49" t="s">
-        <v>175</v>
+        <v>163</v>
       </c>
     </row>
     <row r="50" spans="1:11" customHeight="1" ht="71">
       <c r="A50"/>
       <c r="B50" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="C50" t="s">
+        <v>177</v>
+      </c>
+      <c r="D50" t="s">
+        <v>178</v>
+      </c>
+      <c r="E50" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F50" t="s">
         <v>179</v>
-      </c>
-[...7 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="51" spans="1:11" customHeight="1" ht="71">
       <c r="A51"/>
       <c r="B51" t="s">
+        <v>180</v>
+      </c>
+      <c r="C51" t="s">
+        <v>181</v>
+      </c>
+      <c r="D51" t="s">
+        <v>182</v>
+      </c>
+      <c r="E51" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F51" t="s">
         <v>183</v>
-      </c>
-[...10 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="52" spans="1:11" customHeight="1" ht="71">
       <c r="A52"/>
       <c r="B52" t="s">
+        <v>184</v>
+      </c>
+      <c r="C52" t="s">
+        <v>185</v>
+      </c>
+      <c r="D52" t="s">
+        <v>186</v>
+      </c>
+      <c r="E52" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="F52" t="s">
         <v>187</v>
-      </c>
-[...10 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="53" spans="1:11" customHeight="1" ht="71">
       <c r="A53"/>
       <c r="B53" t="s">
+        <v>188</v>
+      </c>
+      <c r="C53" t="s">
+        <v>189</v>
+      </c>
+      <c r="D53" t="s">
         <v>190</v>
       </c>
-      <c r="C53" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E53" s="4" t="s">
-        <v>30</v>
+        <v>133</v>
       </c>
       <c r="F53" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="54" spans="1:11" customHeight="1" ht="71">
       <c r="A54"/>
       <c r="B54" t="s">
+        <v>191</v>
+      </c>
+      <c r="C54" t="s">
+        <v>192</v>
+      </c>
+      <c r="D54" t="s">
         <v>193</v>
       </c>
-      <c r="C54" t="s">
+      <c r="E54" s="4" t="s">
         <v>194</v>
       </c>
-      <c r="D54" t="s">
+      <c r="F54" t="s">
         <v>195</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="55" spans="1:11" customHeight="1" ht="71">
       <c r="A55"/>
       <c r="B55" t="s">
         <v>196</v>
       </c>
       <c r="C55" t="s">
         <v>197</v>
       </c>
       <c r="D55" t="s">
         <v>198</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F55" t="s">
-        <v>186</v>
+        <v>199</v>
       </c>
     </row>
     <row r="56" spans="1:11" customHeight="1" ht="71">
       <c r="A56"/>
       <c r="B56" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C56" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D56" t="s">
         <v>201</v>
       </c>
       <c r="E56" s="4" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F56" t="s">
-        <v>186</v>
+        <v>199</v>
       </c>
     </row>
     <row r="57" spans="1:11" customHeight="1" ht="71">
       <c r="A57"/>
       <c r="B57" t="s">
         <v>202</v>
       </c>
       <c r="C57" t="s">
         <v>203</v>
       </c>
       <c r="D57" t="s">
         <v>204</v>
       </c>
       <c r="E57" s="4" t="s">
         <v>30</v>
       </c>
       <c r="F57" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="58" spans="1:11" customHeight="1" ht="71">
       <c r="A58"/>
       <c r="B58" t="s">
         <v>206</v>
       </c>
       <c r="C58" t="s">
         <v>207</v>
       </c>
       <c r="D58" t="s">
         <v>208</v>
       </c>
       <c r="E58" s="4" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F58" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="59" spans="1:11" customHeight="1" ht="71">
       <c r="A59"/>
       <c r="B59" t="s">
         <v>210</v>
       </c>
       <c r="C59" t="s">
         <v>211</v>
       </c>
       <c r="D59" t="s">
         <v>212</v>
       </c>
       <c r="E59" s="4" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
       <c r="F59" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="60" spans="1:11" customHeight="1" ht="71">
       <c r="A60"/>
       <c r="B60" t="s">
         <v>214</v>
       </c>
       <c r="C60" t="s">
         <v>215</v>
       </c>
       <c r="D60" t="s">
         <v>216</v>
       </c>
       <c r="E60" s="4" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
       <c r="F60" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
     </row>
     <row r="61" spans="1:11" customHeight="1" ht="71">
       <c r="A61"/>
       <c r="B61" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C61" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="D61" t="s">
         <v>219</v>
       </c>
       <c r="E61" s="4" t="s">
-        <v>220</v>
+        <v>17</v>
       </c>
       <c r="F61" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
     </row>
     <row r="62" spans="1:11" customHeight="1" ht="71">
       <c r="A62"/>
       <c r="B62" t="s">
+        <v>220</v>
+      </c>
+      <c r="C62" t="s">
+        <v>221</v>
+      </c>
+      <c r="D62" t="s">
+        <v>69</v>
+      </c>
+      <c r="E62" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="F62" t="s">
         <v>222</v>
-      </c>
-[...10 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="63" spans="1:11" customHeight="1" ht="71">
       <c r="A63"/>
       <c r="B63" t="s">
+        <v>223</v>
+      </c>
+      <c r="C63" t="s">
+        <v>224</v>
+      </c>
+      <c r="D63" t="s">
+        <v>225</v>
+      </c>
+      <c r="E63" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="F63" t="s">
         <v>226</v>
-      </c>
-[...10 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="64" spans="1:11" customHeight="1" ht="71">
       <c r="A64"/>
       <c r="B64" t="s">
+        <v>227</v>
+      </c>
+      <c r="C64" t="s">
         <v>228</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>229</v>
       </c>
-      <c r="D64" t="s">
+      <c r="E64" s="4" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="F64" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="65" spans="1:11" customHeight="1" ht="71">
       <c r="A65"/>
       <c r="B65" t="s">
         <v>232</v>
       </c>
       <c r="C65" t="s">
         <v>233</v>
       </c>
       <c r="D65" t="s">
         <v>234</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>17</v>
+        <v>133</v>
       </c>
       <c r="F65" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="66" spans="1:11" customHeight="1" ht="71">
       <c r="A66"/>
       <c r="B66" t="s">
         <v>236</v>
       </c>
       <c r="C66" t="s">
         <v>237</v>
       </c>
       <c r="D66" t="s">
         <v>238</v>
       </c>
       <c r="E66" s="4" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F66" t="s">
         <v>239</v>
-      </c>
-[...196 lines deleted...]
-        <v>279</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 