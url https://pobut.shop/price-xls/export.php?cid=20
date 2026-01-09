--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -14,211 +14,202 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Іграшки фігурки оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>03:41</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
-    <t>Фігурки з картками Піксель у пакеті 24 шт</t>
-[...5 lines deleted...]
-    <t>1000000052787</t>
+    <t>Фігурки з картками Капібара у пакеті 24 шт</t>
+  </si>
+  <si>
+    <t>23-5277</t>
+  </si>
+  <si>
+    <t>1000000052770</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 24 шт..</t>
   </si>
   <si>
     <t>488,14</t>
   </si>
   <si>
-    <t>Фігурки з картками Капібара у пакеті 24 шт</t>
-[...7 lines deleted...]
-  <si>
     <t>Фігурки з картками на аркуші Italian Brainrot 6 см</t>
   </si>
   <si>
     <t>23-5280</t>
   </si>
   <si>
     <t>1000000052800</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 20 шт..</t>
   </si>
   <si>
     <t>372,06</t>
   </si>
   <si>
     <t>Пластикові іграшки Солдатики 5,3 см</t>
   </si>
   <si>
     <t>23-4241</t>
   </si>
   <si>
     <t>1000000042412</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 12 шт..</t>
   </si>
   <si>
     <t>173,88</t>
   </si>
   <si>
     <t>Іграшки патруль пищалки Собачки 7,5 см</t>
   </si>
   <si>
     <t>23-1872</t>
   </si>
   <si>
     <t>1000000018721</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 6 шт..</t>
   </si>
   <si>
     <t>374,67</t>
   </si>
   <si>
+    <t>Іграшки фігурки Блискавка 8,5 см</t>
+  </si>
+  <si>
+    <t>23-1197</t>
+  </si>
+  <si>
+    <t>1000000011975</t>
+  </si>
+  <si>
+    <t>1063,75</t>
+  </si>
+  <si>
+    <t>Пластикові фігурки Героїв 13 см</t>
+  </si>
+  <si>
+    <t>23-902</t>
+  </si>
+  <si>
+    <t>1000000009026</t>
+  </si>
+  <si>
+    <t>шт.</t>
+  </si>
+  <si>
+    <t>72,45</t>
+  </si>
+  <si>
     <t>Ляльки дитячі Girls 28 см</t>
   </si>
   <si>
     <t>23-900</t>
   </si>
   <si>
     <t>1000000009002</t>
   </si>
   <si>
-    <t>шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>58,08</t>
   </si>
   <si>
     <t>Іграшки фігурки Сніговий 9,5 см копія</t>
   </si>
   <si>
     <t>23-1195</t>
   </si>
   <si>
     <t>1000000011951</t>
   </si>
   <si>
-    <t>1063,75</t>
-[...22 lines deleted...]
-  <si>
     <t>Іграшки фігурки Дівчатка 11 см копія</t>
   </si>
   <si>
     <t>23-1189</t>
   </si>
   <si>
     <t>1000000011890</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 4 шт..</t>
   </si>
   <si>
     <t>338,10</t>
   </si>
   <si>
     <t>Іграшки фігурки Легенди Футболу 11,5 см</t>
   </si>
   <si>
     <t>23-1193</t>
   </si>
   <si>
     <t>1000000011937</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 5 шт..</t>
@@ -251,59 +242,50 @@
     <t>000000015843</t>
   </si>
   <si>
     <t>Дитячий набір Танос</t>
   </si>
   <si>
     <t>1000000015843</t>
   </si>
   <si>
     <t>Іграшки фігурки Собачки 8,5 см</t>
   </si>
   <si>
     <t>23-1572</t>
   </si>
   <si>
     <t>1000000015720</t>
   </si>
   <si>
     <t>Іграшка фігурка Heroes Америка 21 см</t>
   </si>
   <si>
     <t>23-1661</t>
   </si>
   <si>
     <t>1000000016611</t>
-  </si>
-[...7 lines deleted...]
-    <t>1000000016598</t>
   </si>
   <si>
     <t>Іграшка фігурка Heroes Сталевий Воїн 21 см</t>
   </si>
   <si>
     <t>23-1660</t>
   </si>
   <si>
     <t>1000000016604</t>
   </si>
   <si>
     <t>Іграшка фігурка Heroes Титан 21 см</t>
   </si>
   <si>
     <t>23-1658</t>
   </si>
   <si>
     <t>1000000016581</t>
   </si>
   <si>
     <t>Бакугани з картками у пакеті 24 шт</t>
   </si>
   <si>
     <t>23-1573</t>
   </si>
@@ -432,51 +414,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c4bbdbc0a5d59f128ed9cb553b35561.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f452a604cce65b4a85419822e4515b12.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbaf11a2c889010288635f2cabcf73e43.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/818e31ac2adebc044f955d35440b0eee4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a54f5dcd7742117a3f9daef37efaf1e5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdf3043279b66306ea006a1c852253f86.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02a925b6e052adef483167683a7ba657.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/593916cda8edf1a10e9353dcf7ad75e38.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f66a509143c4202d47cd291377a92d5d9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d10451b4d5c5b6533d06f8945831340f10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4d912fb96a581d99afb8b2a25444f8611.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6eacc5d3c2249fe249815cf4329f0712.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da827dd045fdd89e349545545030d72113.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a422437417949ac6348601cea6817b814.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a421500c1acc39a655753be7c3c4ff0115.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63bbf216ac26fe7429727500446908d616.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62bc13558f7aaf6e6f565c38c84e1e6717.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4963540c91eae382e8763f6a433b6c918.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c495e0e92b250be4dc3bbc96b6c4f8cc19.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8043fac91c03fb2b0d0e3732eb4aab8920.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c22a549cebee008d2d17932b0f4a23421.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/062d0eb41e3d49c3eb71a50449a94ad522.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15e7f7680209fefbc49fcc524a511ae323.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1718514aa41a41896726e19921b4e0c724.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18475802922faf69842e85c61cb067371.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ac00004395f04a5c2c8fae24021c2882.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e5cc90026fd8a06a402dd6fa3f637613.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f22b437a7071e60832725b0f1b7e2c44.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7c81871ee68fc81f071dd3eae70d8a75.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2c5fabe8a6a5f5e103cb6cb702f07de6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2bc2d0c9d8880fa7fb0e5a9ef2b1f907.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0ecb277645ccf6ff15149d8f3e8d6858.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9730efe45d0482b3def3b742b39aec019.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc98e29a124dc1cf457cf9e5ded1fb2310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b6853c1e9acfd2f85a5b661d9c1d4f11.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536a974cf37334d0ca54ba0e44d97d0212.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77ded16ef9e41b2ac93bbb479cc0849313.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dc4b6b5a07bbeeea5f39df5c0d5f28514.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2a19bb9f1fff711fcda1d594c9fd12815.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d102bd8cb4999417614590fbbc2cbb5316.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f12c2ff7ea76a4f69c67fb6f3615825417.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5daca6b435e59dcff0d7440aa453ec618.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094ef7970a451e9b81a674a1637a4a6419.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c12f2acf94f989e3e9263151d6ccd5d20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b958e73aecc7b564f4314c3a557ca99f21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd402b5770d21e84789af9fafaa6e1522.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1084,110 +1066,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1454,51 +1376,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/20/igrashki-figurki-optom/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K30"/>
+  <dimension ref="A1:K28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="28" customWidth="true" style="4"/>
     <col min="1" max="1" width="19" customWidth="true" style="0"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -1602,449 +1524,413 @@
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:11" customHeight="1" ht="71">
       <c r="A8"/>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F8" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:11" customHeight="1" ht="71">
       <c r="A9"/>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F9" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:11" customHeight="1" ht="71">
       <c r="A10"/>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F10" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:11" customHeight="1" ht="71">
       <c r="A11"/>
       <c r="B11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="F11" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:11" customHeight="1" ht="71">
       <c r="A12"/>
       <c r="B12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:11" customHeight="1" ht="71">
       <c r="A13"/>
       <c r="B13" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C13" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="F13" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:11" customHeight="1" ht="71">
       <c r="A14"/>
       <c r="B14" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C14" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D14" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F14" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:11" customHeight="1" ht="71">
       <c r="A15"/>
       <c r="B15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="F15" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="16" spans="1:11" customHeight="1" ht="71">
       <c r="A16"/>
       <c r="B16" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C16" t="s">
+        <v>56</v>
+      </c>
+      <c r="D16" t="s">
+        <v>57</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="F16" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="17" spans="1:11" customHeight="1" ht="71">
       <c r="A17"/>
       <c r="B17" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C17" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D17" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>61</v>
+        <v>32</v>
       </c>
       <c r="F17" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="71">
       <c r="A18"/>
       <c r="B18" t="s">
         <v>62</v>
       </c>
       <c r="C18" t="s">
         <v>63</v>
       </c>
       <c r="D18" t="s">
         <v>64</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F18" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="71">
       <c r="A19"/>
       <c r="B19" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C19" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="D19" t="s">
         <v>67</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F19" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:11" customHeight="1" ht="71">
       <c r="A20"/>
       <c r="B20" t="s">
+        <v>68</v>
+      </c>
+      <c r="C20" t="s">
+        <v>63</v>
+      </c>
+      <c r="D20" t="s">
         <v>69</v>
       </c>
-      <c r="C20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E20" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F20" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="71">
       <c r="A21"/>
       <c r="B21" t="s">
+        <v>70</v>
+      </c>
+      <c r="C21" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="D21" t="s">
         <v>72</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="F21" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="71">
       <c r="A22"/>
       <c r="B22" t="s">
         <v>73</v>
       </c>
       <c r="C22" t="s">
         <v>74</v>
       </c>
       <c r="D22" t="s">
         <v>75</v>
       </c>
       <c r="E22" s="4" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="F22" t="s">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="71">
       <c r="A23"/>
       <c r="B23" t="s">
         <v>76</v>
       </c>
       <c r="C23" t="s">
         <v>77</v>
       </c>
       <c r="D23" t="s">
         <v>78</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F23" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="71">
       <c r="A24"/>
       <c r="B24" t="s">
         <v>79</v>
       </c>
       <c r="C24" t="s">
         <v>80</v>
       </c>
       <c r="D24" t="s">
         <v>81</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F24" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="71">
       <c r="A25"/>
       <c r="B25" t="s">
         <v>82</v>
       </c>
       <c r="C25" t="s">
         <v>83</v>
       </c>
       <c r="D25" t="s">
         <v>84</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="F25" t="s">
-        <v>68</v>
+        <v>85</v>
       </c>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="71">
       <c r="A26"/>
       <c r="B26" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C26" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D26" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E26" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F26" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="71">
       <c r="A27"/>
       <c r="B27" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C27" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D27" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="F27" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:11" customHeight="1" ht="71">
       <c r="A28"/>
       <c r="B28" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C28" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D28" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="F28" t="s">
-        <v>95</v>
-[...34 lines deleted...]
-      <c r="F30" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>