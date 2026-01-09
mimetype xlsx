--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -14,1415 +14,1226 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="455">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="392">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Брелоки оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>03:40</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Великі брелоки гумові Капібари в образі 11,5 см</t>
   </si>
   <si>
     <t>23-5312</t>
   </si>
   <si>
     <t>1000000053128</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 12 шт..</t>
   </si>
   <si>
     <t>273,83</t>
   </si>
   <si>
-    <t>Великі брелоки гумові Капібари дитячі 11,5 см</t>
-[...17 lines deleted...]
-    <t>160,70</t>
+    <t>Брелоки дитячі гумові Sprunki 10 см</t>
+  </si>
+  <si>
+    <t>23-5112</t>
+  </si>
+  <si>
+    <t>1000000051124</t>
+  </si>
+  <si>
+    <t>148,83</t>
+  </si>
+  <si>
+    <t>Брелоки дитячі гумові Панди веселі 10 см</t>
+  </si>
+  <si>
+    <t>23-5099</t>
+  </si>
+  <si>
+    <t>1000000050998</t>
+  </si>
+  <si>
+    <t>154,80</t>
+  </si>
+  <si>
+    <t>Брелоки дитячі гумові Качки 11,5 см</t>
+  </si>
+  <si>
+    <t>23-5106</t>
+  </si>
+  <si>
+    <t>1000000051063</t>
+  </si>
+  <si>
+    <t>148,80</t>
+  </si>
+  <si>
+    <t>Брелоки дитячі гумові Головоломка 2, 11 см</t>
+  </si>
+  <si>
+    <t>23-5314</t>
+  </si>
+  <si>
+    <t>1000000053142</t>
+  </si>
+  <si>
+    <t>Брелоки дитячі гумові Міньйони 10 см</t>
+  </si>
+  <si>
+    <t>23-5100</t>
+  </si>
+  <si>
+    <t>1000000051001</t>
+  </si>
+  <si>
+    <t>Брелоки гумові Емодзі 10 см</t>
+  </si>
+  <si>
+    <t>23-5107</t>
+  </si>
+  <si>
+    <t>1000000051070</t>
+  </si>
+  <si>
+    <t>Брелоки обереги 8,5 см</t>
+  </si>
+  <si>
+    <t>23-5287</t>
+  </si>
+  <si>
+    <t>1000000052879</t>
+  </si>
+  <si>
+    <t>172,60</t>
+  </si>
+  <si>
+    <t>Брелоки автомобільні Ралі 9 см</t>
+  </si>
+  <si>
+    <t>23-5286</t>
+  </si>
+  <si>
+    <t>1000000052862</t>
+  </si>
+  <si>
+    <t>232,20</t>
+  </si>
+  <si>
+    <t>Брелоки пластикові Гроші долари 11 см</t>
+  </si>
+  <si>
+    <t>23-5292</t>
+  </si>
+  <si>
+    <t>1000000052923</t>
+  </si>
+  <si>
+    <t>3216,00</t>
+  </si>
+  <si>
+    <t>Брелоки пластикові Гроші євро 11 см</t>
+  </si>
+  <si>
+    <t>23-5293</t>
+  </si>
+  <si>
+    <t>1000000052930</t>
+  </si>
+  <si>
+    <t>107,20</t>
+  </si>
+  <si>
+    <t>М'яка іграшка-брелок Блискавка з морозивом 13 см</t>
+  </si>
+  <si>
+    <t>23-5323</t>
+  </si>
+  <si>
+    <t>1000000053234</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 6 шт..</t>
+  </si>
+  <si>
+    <t>626,98</t>
+  </si>
+  <si>
+    <t>М'яка іграшка-брелок Конячки в жилеті 10 см</t>
+  </si>
+  <si>
+    <t>23-5243</t>
+  </si>
+  <si>
+    <t>1000000052435</t>
+  </si>
+  <si>
+    <t>636,98</t>
+  </si>
+  <si>
+    <t>Брелоки пластикові Бірки 12 штук</t>
+  </si>
+  <si>
+    <t>23-4451</t>
+  </si>
+  <si>
+    <t>1000000044515</t>
+  </si>
+  <si>
+    <t>63,76</t>
+  </si>
+  <si>
+    <t>Брелоки гумові джойстик 9,5 см</t>
+  </si>
+  <si>
+    <t>23-4805</t>
+  </si>
+  <si>
+    <t>1000000048056</t>
+  </si>
+  <si>
+    <t>110,12</t>
+  </si>
+  <si>
+    <t>Брелоки гумові смайли 10,3 см</t>
+  </si>
+  <si>
+    <t>23-4473</t>
+  </si>
+  <si>
+    <t>1000000044737</t>
+  </si>
+  <si>
+    <t>144,90</t>
+  </si>
+  <si>
+    <t>Брелоки гумові у вигляді телефону 10,5 см</t>
+  </si>
+  <si>
+    <t>23-4810</t>
+  </si>
+  <si>
+    <t>1000000048100</t>
+  </si>
+  <si>
+    <t>Брелоки гумові собачки з кісточкою 10 см</t>
+  </si>
+  <si>
+    <t>23-4453</t>
+  </si>
+  <si>
+    <t>1000000044539</t>
+  </si>
+  <si>
+    <t>121,72</t>
+  </si>
+  <si>
+    <t>Брелоки гумові далматинці 8,5 см</t>
+  </si>
+  <si>
+    <t>23-4456</t>
+  </si>
+  <si>
+    <t>1000000044560</t>
+  </si>
+  <si>
+    <t>Дитячі гумові брелоки ведмедика 11,5 см</t>
+  </si>
+  <si>
+    <t>23-4465</t>
+  </si>
+  <si>
+    <t>1000000044652</t>
+  </si>
+  <si>
+    <t>150,70</t>
+  </si>
+  <si>
+    <t>Брелоки автомобільні спорт 10 см</t>
+  </si>
+  <si>
+    <t>23-4497</t>
+  </si>
+  <si>
+    <t>1000000044973</t>
+  </si>
+  <si>
+    <t>140,30</t>
+  </si>
+  <si>
+    <t>Брелоки автомобільні октан 9 см</t>
+  </si>
+  <si>
+    <t>23-4498</t>
+  </si>
+  <si>
+    <t>1000000044980</t>
+  </si>
+  <si>
+    <t>165,60</t>
+  </si>
+  <si>
+    <t>Брелоки автомати АК-47 метал 13,5 см</t>
+  </si>
+  <si>
+    <t>23-4486</t>
+  </si>
+  <si>
+    <t>1000000044867</t>
+  </si>
+  <si>
+    <t>168,08</t>
+  </si>
+  <si>
+    <t>Брелоки кулі металеві 10 см</t>
+  </si>
+  <si>
+    <t>23-4483</t>
+  </si>
+  <si>
+    <t>1000000044836</t>
+  </si>
+  <si>
+    <t>197,07</t>
+  </si>
+  <si>
+    <t>Брелок-карабін металевий квант 8,5 см</t>
+  </si>
+  <si>
+    <t>23-4489</t>
+  </si>
+  <si>
+    <t>1000000044898</t>
+  </si>
+  <si>
+    <t>Брелок-карабін металевий клок 7,5 см</t>
+  </si>
+  <si>
+    <t>23-4494</t>
+  </si>
+  <si>
+    <t>1000000044942</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 10 шт..</t>
+  </si>
+  <si>
+    <t>169,05</t>
+  </si>
+  <si>
+    <t>Авто брелоки металеві марка 7,5 см</t>
+  </si>
+  <si>
+    <t>23-4493</t>
+  </si>
+  <si>
+    <t>1000000044935</t>
+  </si>
+  <si>
+    <t>251,16</t>
+  </si>
+  <si>
+    <t>Брелоки фотоапарат дитячий гума 11 см</t>
+  </si>
+  <si>
+    <t>23-1874</t>
+  </si>
+  <si>
+    <t>1000000018745</t>
+  </si>
+  <si>
+    <t>220,25</t>
+  </si>
+  <si>
+    <t>Брелок дитячий Пончик гума 11 см</t>
+  </si>
+  <si>
+    <t>23-1879</t>
+  </si>
+  <si>
+    <t>1000000018790</t>
+  </si>
+  <si>
+    <t>Брелоки дитячі сланці Блискавка гума 11 см</t>
+  </si>
+  <si>
+    <t>23-1875</t>
+  </si>
+  <si>
+    <t>1000000018752</t>
+  </si>
+  <si>
+    <t>Брелоки гумові,  Головоломка 11 см</t>
+  </si>
+  <si>
+    <t>23-1608</t>
+  </si>
+  <si>
+    <t>1000000016086</t>
+  </si>
+  <si>
+    <t>М'яка іграшка-брелок Крихітки 15 см</t>
+  </si>
+  <si>
+    <t>23-1830</t>
+  </si>
+  <si>
+    <t>1000000018301</t>
+  </si>
+  <si>
+    <t>579,60</t>
+  </si>
+  <si>
+    <t>М'яка іграшка-брелок Аніме 15 см</t>
+  </si>
+  <si>
+    <t>23-4284</t>
+  </si>
+  <si>
+    <t>1000000042849</t>
+  </si>
+  <si>
+    <t>522,10</t>
+  </si>
+  <si>
+    <t>М'яка іграшка-брелок Кіт 12 см</t>
+  </si>
+  <si>
+    <t>23-4289</t>
+  </si>
+  <si>
+    <t>1000000042894</t>
+  </si>
+  <si>
+    <t>487,60</t>
+  </si>
+  <si>
+    <t>Брелок Компас пластик 9 см</t>
+  </si>
+  <si>
+    <t>23-4457</t>
+  </si>
+  <si>
+    <t>1000000044577</t>
+  </si>
+  <si>
+    <t>110,40</t>
+  </si>
+  <si>
+    <t>Брелок Рожок кольоровий пластик 10 см</t>
+  </si>
+  <si>
+    <t>23-4472</t>
+  </si>
+  <si>
+    <t>1000000044720</t>
+  </si>
+  <si>
+    <t>157,32</t>
+  </si>
+  <si>
+    <t>Брелок відкривачка Напої пластик 11 см</t>
+  </si>
+  <si>
+    <t>23-4464</t>
+  </si>
+  <si>
+    <t>1000000044645</t>
+  </si>
+  <si>
+    <t>Брелок відкривачка Кепка ліхтарик 11 см</t>
+  </si>
+  <si>
+    <t>23-4470</t>
+  </si>
+  <si>
+    <t>1000000044706</t>
+  </si>
+  <si>
+    <t>168,36</t>
+  </si>
+  <si>
+    <t>Брелок гральні кубики пластик 8,5 см</t>
+  </si>
+  <si>
+    <t>23-4460</t>
+  </si>
+  <si>
+    <t>1000000044607</t>
+  </si>
+  <si>
+    <t>Брелоки Смайли пластик 11 см</t>
+  </si>
+  <si>
+    <t>23-4450</t>
+  </si>
+  <si>
+    <t>1000000044508</t>
+  </si>
+  <si>
+    <t>244,26</t>
+  </si>
+  <si>
+    <t>Брелок ігрові Кістки пластик 8 см</t>
+  </si>
+  <si>
+    <t>23-4471</t>
+  </si>
+  <si>
+    <t>1000000044713</t>
+  </si>
+  <si>
+    <t>99,36</t>
+  </si>
+  <si>
+    <t>Брелок Глобус металевий 8 см</t>
+  </si>
+  <si>
+    <t>23-4469</t>
+  </si>
+  <si>
+    <t>1000000044690</t>
+  </si>
+  <si>
+    <t>Брелок Глобус металевий 6,5 см</t>
+  </si>
+  <si>
+    <t>23-4468</t>
+  </si>
+  <si>
+    <t>1000000044683</t>
+  </si>
+  <si>
+    <t>117,30</t>
+  </si>
+  <si>
+    <t>Брелоки Лапки гумові 9,5 см</t>
+  </si>
+  <si>
+    <t>23-4875</t>
+  </si>
+  <si>
+    <t>1000000048759</t>
+  </si>
+  <si>
+    <t>151,80</t>
+  </si>
+  <si>
+    <t>Брелоки Беззубик гумові 9,5 см</t>
+  </si>
+  <si>
+    <t>23-4505</t>
+  </si>
+  <si>
+    <t>1000000045055</t>
+  </si>
+  <si>
+    <t>Брелоки Собачки гумові 10,5 см</t>
+  </si>
+  <si>
+    <t>23-4507</t>
+  </si>
+  <si>
+    <t>1000000045079</t>
+  </si>
+  <si>
+    <t>Брелоки гумові Ведмедики 11 см</t>
+  </si>
+  <si>
+    <t>23-4508</t>
+  </si>
+  <si>
+    <t>1000000045086</t>
+  </si>
+  <si>
+    <t>Брелоки Капібара гумові 11 см</t>
+  </si>
+  <si>
+    <t>23-4885</t>
+  </si>
+  <si>
+    <t>1000000048858</t>
+  </si>
+  <si>
+    <t>209,07</t>
+  </si>
+  <si>
+    <t>Брелоки Капібари гумові 9 см</t>
+  </si>
+  <si>
+    <t>23-4598</t>
+  </si>
+  <si>
+    <t>1000000045987</t>
+  </si>
+  <si>
+    <t>104,88</t>
+  </si>
+  <si>
+    <t>Брелоки гумові Лапки 9,5 см</t>
+  </si>
+  <si>
+    <t>23-1806</t>
+  </si>
+  <si>
+    <t>1000000018066</t>
+  </si>
+  <si>
+    <t>289,80</t>
+  </si>
+  <si>
+    <t>Брелоки Лапки кольорові гума 9,5 см</t>
+  </si>
+  <si>
+    <t>23-4506</t>
+  </si>
+  <si>
+    <t>1000000045062</t>
+  </si>
+  <si>
+    <t>Брелоки гумові Лапки кольорові 9 см</t>
+  </si>
+  <si>
+    <t>23-4599</t>
+  </si>
+  <si>
+    <t>1000000045994</t>
+  </si>
+  <si>
+    <t>Брелоки Емблеми Команд гумові 10,5 см</t>
+  </si>
+  <si>
+    <t>23-4509</t>
+  </si>
+  <si>
+    <t>1000000045093</t>
+  </si>
+  <si>
+    <t>186,30</t>
+  </si>
+  <si>
+    <t>Брелоки гумові Емблеми Команд 11,5 см</t>
+  </si>
+  <si>
+    <t>23-4448</t>
+  </si>
+  <si>
+    <t>1000000044485</t>
+  </si>
+  <si>
+    <t>Брелоки Футболісти гумові 13 см</t>
+  </si>
+  <si>
+    <t>23-4503</t>
+  </si>
+  <si>
+    <t>1000000045031</t>
+  </si>
+  <si>
+    <t>Брелоки м'ячі Баскетбол гума 9 см</t>
+  </si>
+  <si>
+    <t>23-4502</t>
+  </si>
+  <si>
+    <t>1000000045024</t>
+  </si>
+  <si>
+    <t>Брелоки гумові м'ячики Футбол 8,5 см</t>
+  </si>
+  <si>
+    <t>23-4501</t>
+  </si>
+  <si>
+    <t>1000000045017</t>
+  </si>
+  <si>
+    <t>135,24</t>
+  </si>
+  <si>
+    <t>Брелок Love із дзеркалом 12 штук</t>
+  </si>
+  <si>
+    <t>23-4499</t>
+  </si>
+  <si>
+    <t>000000044997</t>
+  </si>
+  <si>
+    <t>шт.</t>
+  </si>
+  <si>
+    <t>411,24</t>
+  </si>
+  <si>
+    <t>Брелок Пантера із дзеркалом 12 штук</t>
+  </si>
+  <si>
+    <t>1000000044997</t>
+  </si>
+  <si>
+    <t>Брелоки Байки гумові 8,5 см</t>
+  </si>
+  <si>
+    <t>23-4877</t>
+  </si>
+  <si>
+    <t>1000000048773</t>
+  </si>
+  <si>
+    <t>Брелоки Мотоцикли гумові 9 см</t>
+  </si>
+  <si>
+    <t>23-4876</t>
+  </si>
+  <si>
+    <t>1000000048766</t>
+  </si>
+  <si>
+    <t>Авто брелок Марка  9 см</t>
+  </si>
+  <si>
+    <t>23-4519</t>
+  </si>
+  <si>
+    <t>1000000045192</t>
+  </si>
+  <si>
+    <t>267,72</t>
+  </si>
+  <si>
+    <t>Авто брелок  11,5 см</t>
+  </si>
+  <si>
+    <t>23-4520</t>
+  </si>
+  <si>
+    <t>1000000045208</t>
+  </si>
+  <si>
+    <t>313,26</t>
+  </si>
+  <si>
+    <t>Авто брелок Шнурок  12,5 см</t>
+  </si>
+  <si>
+    <t>23-4518</t>
+  </si>
+  <si>
+    <t>1000000045185</t>
+  </si>
+  <si>
+    <t>Брелок пістолет Беретта металевий 11 см</t>
+  </si>
+  <si>
+    <t>23-4477</t>
+  </si>
+  <si>
+    <t>1000000044775</t>
+  </si>
+  <si>
+    <t>197,34</t>
+  </si>
+  <si>
+    <t>Брелоки автомати Рейнджер металеві 12,5 см</t>
+  </si>
+  <si>
+    <t>23-4480</t>
+  </si>
+  <si>
+    <t>1000000044805</t>
+  </si>
+  <si>
+    <t>Брелок пістолет Револьвер металевий 11,5 см</t>
+  </si>
+  <si>
+    <t>23-4481</t>
+  </si>
+  <si>
+    <t>1000000044812</t>
+  </si>
+  <si>
+    <t>Брелоки автомати MP-5 металеві 12 см</t>
+  </si>
+  <si>
+    <t>23-4484</t>
+  </si>
+  <si>
+    <t>1000000044843</t>
+  </si>
+  <si>
+    <t>Брелок автомат АК-47 металевий 12 см</t>
+  </si>
+  <si>
+    <t>23-4511</t>
+  </si>
+  <si>
+    <t>1000000045116</t>
+  </si>
+  <si>
+    <t>173,88</t>
+  </si>
+  <si>
+    <t>Брелоки пістолети Астра металеві 14 см</t>
+  </si>
+  <si>
+    <t>23-4485</t>
+  </si>
+  <si>
+    <t>1000000044850</t>
+  </si>
+  <si>
+    <t>Брелоки гвинтівки Наріз металеві 15,5 см</t>
+  </si>
+  <si>
+    <t>23-4513</t>
+  </si>
+  <si>
+    <t>1000000045130</t>
+  </si>
+  <si>
+    <t>Брелоки пістолети Наган металеві 11,5 см</t>
+  </si>
+  <si>
+    <t>23-4512</t>
+  </si>
+  <si>
+    <t>1000000045123</t>
+  </si>
+  <si>
+    <t>Брелоки автомати Мікс металеві 10,5 см</t>
+  </si>
+  <si>
+    <t>23-4482</t>
+  </si>
+  <si>
+    <t>Брелок Інструмент металевий 12 см</t>
+  </si>
+  <si>
+    <t>23-4487</t>
+  </si>
+  <si>
+    <t>162,84</t>
+  </si>
+  <si>
+    <t>Брелок 100 Доларів металевий 11,5 см</t>
+  </si>
+  <si>
+    <t>23-4490</t>
+  </si>
+  <si>
+    <t>1000000044904</t>
+  </si>
+  <si>
+    <t>278,76</t>
+  </si>
+  <si>
+    <t>Брелок Черепашка металевий 9,5 см</t>
+  </si>
+  <si>
+    <t>23-4455</t>
+  </si>
+  <si>
+    <t>1000000044553</t>
+  </si>
+  <si>
+    <t>Брелок Ведмедик з камінням металевий 10 см</t>
+  </si>
+  <si>
+    <t>23-4514</t>
+  </si>
+  <si>
+    <t>1000000045147</t>
+  </si>
+  <si>
+    <t>371,22</t>
+  </si>
+  <si>
+    <t>Брелок Слон металевий 9 см</t>
+  </si>
+  <si>
+    <t>23-4475</t>
+  </si>
+  <si>
+    <t>1000000044751</t>
+  </si>
+  <si>
+    <t>238,05</t>
+  </si>
+  <si>
+    <t>Брелок-карабін металевий 8 см</t>
+  </si>
+  <si>
+    <t>23-1327</t>
+  </si>
+  <si>
+    <t>1000000021554</t>
+  </si>
+  <si>
+    <t>211,14</t>
+  </si>
+  <si>
+    <t>23-1607</t>
+  </si>
+  <si>
+    <t>1000000046021</t>
+  </si>
+  <si>
+    <t>175,95</t>
+  </si>
+  <si>
+    <t>Брелоки металеві Свистки 12 штук</t>
+  </si>
+  <si>
+    <t>23-440</t>
+  </si>
+  <si>
+    <t>1000000004403</t>
+  </si>
+  <si>
+    <t>134,41</t>
+  </si>
+  <si>
+    <t>23-2155</t>
+  </si>
+  <si>
+    <t>197,06</t>
+  </si>
+  <si>
+    <t>Брелок-карабін металевий Футбол 7,5 см</t>
+  </si>
+  <si>
+    <t>23-2154</t>
+  </si>
+  <si>
+    <t>1000000021547</t>
+  </si>
+  <si>
+    <t>221,63</t>
+  </si>
+  <si>
+    <t>Брелок-карабін металевий Пружина 10 см</t>
+  </si>
+  <si>
+    <t>23-2156</t>
+  </si>
+  <si>
+    <t>1000000021561</t>
+  </si>
+  <si>
+    <t>Брелоки Ейфелева вежа золото 10 см</t>
+  </si>
+  <si>
+    <t>23-730</t>
+  </si>
+  <si>
+    <t>000000007305</t>
+  </si>
+  <si>
+    <t>126,27</t>
+  </si>
+  <si>
+    <t>Брелоки Smiling Critters гумові 10,5 см</t>
+  </si>
+  <si>
+    <t>23-1611</t>
+  </si>
+  <si>
+    <t>1000000016215</t>
+  </si>
+  <si>
+    <t>Брелоки гумові Веселка 10 см</t>
+  </si>
+  <si>
+    <t>23-1610</t>
+  </si>
+  <si>
+    <t>1000000016109</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Брелоки гумові Мультсеріал 11,5 см</t>
+  </si>
+  <si>
+    <t>23-1609</t>
+  </si>
+  <si>
+    <t>1000000016093</t>
+  </si>
+  <si>
+    <t>257,37</t>
+  </si>
+  <si>
+    <t>Брелоки Скибіді туалет гумові 12 штук</t>
+  </si>
+  <si>
+    <t>23-731</t>
+  </si>
+  <si>
+    <t>1000000007312</t>
+  </si>
+  <si>
+    <t>274,07</t>
+  </si>
+  <si>
+    <t>Брелоки Цифровий Цирк гумові 12 см</t>
+  </si>
+  <si>
+    <t>23-1309</t>
+  </si>
+  <si>
+    <t>1000000013092</t>
+  </si>
+  <si>
+    <t>182,71</t>
+  </si>
+  <si>
+    <t>Брелоки Ролики металеві 9 см</t>
+  </si>
+  <si>
+    <t>23-1326</t>
+  </si>
+  <si>
+    <t>1000000013269</t>
+  </si>
+  <si>
+    <t>229,77</t>
+  </si>
+  <si>
+    <t>Брелоки бадмінтон металеві 8 см</t>
+  </si>
+  <si>
+    <t>23-1331</t>
+  </si>
+  <si>
+    <t>1000000013313</t>
+  </si>
+  <si>
+    <t>175,26</t>
+  </si>
+  <si>
+    <t>Брелоки Блискавка гумові 9 см</t>
+  </si>
+  <si>
+    <t>KA-23-729</t>
+  </si>
+  <si>
+    <t>1000000007299</t>
+  </si>
+  <si>
+    <t>Брелоки Зомбі гумові 11,5 см</t>
+  </si>
+  <si>
+    <t>23-1350</t>
+  </si>
+  <si>
+    <t>1000000013504</t>
+  </si>
+  <si>
+    <t>266,89</t>
+  </si>
+  <si>
+    <t>Брелоки Blackpink гумові 11 см</t>
+  </si>
+  <si>
+    <t>1000000016116</t>
+  </si>
+  <si>
+    <t>Брелоки Грут гумові 11,5 см</t>
+  </si>
+  <si>
+    <t>23-1620</t>
+  </si>
+  <si>
+    <t>1000000016208</t>
+  </si>
+  <si>
+    <t>Брелоки гумові Блискавка 9,5 см</t>
+  </si>
+  <si>
+    <t>23-1605</t>
+  </si>
+  <si>
+    <t>1000000016055</t>
+  </si>
+  <si>
+    <t>Брелоки гумові Головоломка 11 см</t>
+  </si>
+  <si>
+    <t>KA-23-1608</t>
+  </si>
+  <si>
+    <t>Брелоки гумові Монстри 11,5 см</t>
+  </si>
+  <si>
+    <t>KA-23-1612</t>
+  </si>
+  <si>
+    <t>1000000016123</t>
+  </si>
+  <si>
+    <t>Брелоки гумові Ушастики кольорові 12 штук</t>
+  </si>
+  <si>
+    <t>23-4816</t>
+  </si>
+  <si>
+    <t>1000000051018</t>
+  </si>
+  <si>
+    <t>146,62</t>
+  </si>
+  <si>
+    <t>Брелки Герої ігор 10,5 см</t>
+  </si>
+  <si>
+    <t>23-4891</t>
+  </si>
+  <si>
+    <t>1000000050981</t>
+  </si>
+  <si>
+    <t>23-1313</t>
+  </si>
+  <si>
+    <t>151,11</t>
+  </si>
+  <si>
+    <t>23-1398</t>
+  </si>
+  <si>
+    <t>800,40</t>
+  </si>
+  <si>
+    <t>Брелоки Аніме  гумові  10 см</t>
+  </si>
+  <si>
+    <t>23-4601</t>
+  </si>
+  <si>
+    <t>1000000046014</t>
+  </si>
+  <si>
+    <t>Брелоки гумові Стич 10 см</t>
+  </si>
+  <si>
+    <t>23-1604</t>
+  </si>
+  <si>
+    <t>1000000051094</t>
+  </si>
+  <si>
+    <t>370,53</t>
+  </si>
+  <si>
+    <t>Брелоки гумові Мелоді 10 см</t>
+  </si>
+  <si>
+    <t>23-1619</t>
   </si>
   <si>
     <t>Брелоки гумові Собачки Кульки 10,5 см</t>
   </si>
   <si>
-    <t>23-1618</t>
+    <t>KA-23-1618</t>
   </si>
   <si>
     <t>1000000016185</t>
   </si>
   <si>
-    <t>154,80</t>
-[...1252 lines deleted...]
-  <si>
     <t>Брелоки Черепашки гумові 10 см</t>
   </si>
   <si>
     <t>KA-23-1616</t>
   </si>
   <si>
     <t>210,86</t>
-  </si>
-[...13 lines deleted...]
-    <t>KA-23-1618</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF1315F0"/>
       <name val="Calibri"/>
@@ -1488,51 +1299,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3bafa087aff27d742d7de0931dbd1721.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea2979e5bd8952953b41c283b28747fd2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0e693b1e67ce85cdb05b4f5fac2a8743.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e7414b966a3c97975b012d7700fc254.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10e39574a89bbdaec315cca94f140b925.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bad1e88a50481874eddb1f3873683836.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4897279d5e144ede5216876570caef57.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6501f86fb3c2823e16c9a85364ae1b0d8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbeca913bd08a75d05a9125193ea02809.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae919d31492757e909350957d516196110.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb56a51288846085067fe1e4c9f789011.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34de37370ed7b1f57b425647dba115bb12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3385b93a2f5d1befc0918b639a8d1ce13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c82cf4ede5664b1914c5fc89a5d84d14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3504b35fff09141af3ee0edfe15f2415.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f6b2eb9395677651da50b5bbce935516.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c26710ad3ad6a2c130b1cb24051749217.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7187a725a8a10824d1584741cbb669f18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84228551fb0a9fc7b46c9180a8328ab319.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa4de80a85b3400ad6f8105f8fa871e720.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e0f30b6c77ac6406962904e79a63a721.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/302f46d85dbc24a02c52a81bebf103c822.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceb26d7c3cb5be150a77705e27a6c78823.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2c710fbfeddd1ad844446316c1ec15124.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65e28e0251fe1f19696191ec1d61c6ed25.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771d7b51d4ffc2a3fb8a5c9d2b4bec1326.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/247b47d5e80f696bc0bc078379f2706527.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a31ae896a4e1cdf8e90b37d9613035a428.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df2ac5719eb355b0c9db621d0e65745529.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7afb9a3d623d536d56fef2fb11d42e7830.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cffd8b2082535bfceb8a911f73815d9c31.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c4c562eb01832b6ea291425803f48e32.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61dff553348a58fcb301166964f1160433.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee270f684a8d650677a407f4ad5afbcc34.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/744ad6293cec10ac85404c1b8140661035.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d0594b373d983fe6f8d5c90d2c7e30136.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddda0a961b9e46f2e979a891bee4e0e837.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b6c3effe3a8b6fe68caa92b4054fd6b38.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47d9cac1ee564c7ee9ee7e7ff67de9e639.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd17271232925c93035da8759972316b40.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cf75f84ecec135d4875350d863b68f941.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b0920fb508ed2031f95b905d0b0623f42.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80a6c9bac862a5db352ffd574e43d09043.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2109088adf974ea7df26ac665977e8f344.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b765fa5e6fefad323c6d4230b8f81d45.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b0015f4a142c010a9cd6f051a5de24946.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd575c7661b9817194c768188dd6d69d47.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb62c4d7e4c670a143d3d00a917aa04248.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2aa3fdd0fe599521340927018e00c19749.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1be523321df86c8a038f0fd78f65890e50.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9dace82fdcf4a0e9adc9185c685900d51.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936c37cc19d33c33cf101b06f2d0bce652.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3b911dc3b8a7eec115671bae503044e53.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbeb64abf4174011460de0ab28a82e1b54.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dbe3238c9f904ab6f8ec86bfbfda19055.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c68c4c8acca09eaa93074e29a37cf12b56.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd9c82062777d6206c3773a2ade1984e57.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c30322638b7d6486e9d0440be5ebb8ab58.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d23b522ece3d5d2896320f79fea656bc59.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1005005ac320873db327d4f477988c0460.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58ea57abefea544a22f28eb55577345261.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbfddbf1af29418a2ecda4a72e7c9a5262.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2286d8f0522bb6bcf0cd8edaa6b0434363.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b3293751acf4d103ccb3803d3b601ad64.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e0d835dfdd754e370a5aa9145368e3d65.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d651d1a5e552cbea870d93f5e2971f866.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2ff1c599de4bc0d09306819dc0e2ea167.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f04085530a2f2155daa9574272a3c34468.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942ff88b4d4e4ca1cce29aca5c3b6bdb69.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107d8a55b14395b90a65d4db2b7b7d9a70.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d764590d0a411fe59b1dd02fbe44ecb271.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cb0336892dfd9d9f67ead0476976d1272.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87a596407c2c6024090ba0c76f5aeec473.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36ac086d83d36c36bfe298cd8bb0db4974.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f140a4d6eef04dcbad37d25defe45dd75.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31d7957afc8e596e8fc3cdcbddb4d91e76.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06f7e4853ec0bea029cd2ffb453c3db677.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10508c2ee27538c87392797e9c194b0678.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43bd6245994d313ec983ac9797d5af6f79.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dda1dfcb9a71b7e573750bffddaee38b80.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e3890cb6517bc522ce36ab535e595c81.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569f66b873023ac5857ec1d818dbbf3e82.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7982bacc3fda8eb773b4555dc8b60ce783.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b21341940ddeb1015681e8f865a0e5984.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c4f96913300c67763c1fda2988d8f9b85.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46145a9270a59e20369edd116686b5eb86.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc3f78cbf95f472a2a437cd2611dd5ab87.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602877340f5014e51e668d78c81c971088.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d1e1a2c0d52f115a1d109b47361533289.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dc125793e8fff18e27c9d0a15aeb3e390.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaf1ebb19f5f7c543df231493e30cdf891.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e675369e09fe525aa4ea33d2c28e16f92.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c261be6e9a20891bda8b46dbe16b1b793.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b840ca24de0ca9a86e9db51c4dfabb3294.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b06d0a274a2a7e80947685b7e0c11895.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b96c32947beeb3f8c38d0711cef95a96.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8decb844c7bda408ae8f8645f49b4e5d97.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19f1dcd3e17fe24aa06138c24cda885f98.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437f48afd9b45ad5ace78bbb3563334599.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b514739a5c4dff44da652d57720f7894100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d2bf8ae9aea3f2a0c9986c993e30b7f101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b97f09ba015831511b128593b7a03db102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04ed3ca23dd59ac87bc9ce48b98ecd59103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f09e4a9b86929892ddf6800918fa39f4104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4b4cadb793767f58febcbcb1e9ca86b105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5723da9398e8b4467e1cbb8d7154fc11106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77298c91db47e52fd9fca1adb90f8423107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e18033707d9a7528847e0f29329dab2b108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ce9b148776a46a583df6718992b76c109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c646e436e81279d7c757435095b4cc59110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5edeea45cf59be0fdf67a2449532390d111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/315c121141dc055c97f4354cb1300068112.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e85fcb846679afa46137665dc1ad926113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3588576011517b554bb4325a2eb79757114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a304b91a76db85abb21542bd80bf859115.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42b668e49edff1f2fde9a233021463c4116.jpeg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a4faa46b673ff929a75fdbc5f5d42f3117.jpeg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85e85ad835c599769b78eae113437ea4118.jpeg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125a6366b1bbee713ff332200e51cd27119.jpeg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/376d69ff43845c66a1efe154da1d3d73120.jpeg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/485043033e861fe0fa3c527169915d26121.jpeg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f758fa0638cb54f793d1e9c5ec794a5b122.jpeg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ddfb9aeae8aa22330fd505ba54d4a2b123.jpeg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be9dbf0f948baa2f868152b0523f9ea9124.jpeg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec2e56b8d144ee6c89a44b80f14df52f125.jpeg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6dde69e23c636aeec99cdcf23af4142126.jpeg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/986cc5ba7666ac3121327412d38b201c127.jpeg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc9285f5c5eb9e87a5d77e6a8a96af36128.jpeg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aca8b08aba01813d075430aea151155129.jpeg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c48291201a31183799625f4b7db542de130.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e199f376181ac9e7859890311515a57d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de18d4b45fd8f736cc5b257a4e76b2b2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73cdffa2eb4100f70369e602ce563cb03.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88086a9d61217386f1ad9e3408e8879c4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0eaa66759a01dc6bf5432941ecaf2125.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a15c52fcf6612281551438eda48b2a106.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b5950975950ad19e8ec4cd248fd0b047.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2950b510503ee553bb192df1dc44287a8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfd34d5a0790d4e3b896eee100f1086c9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeed9bff3e13118540da5275594f71e510.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41780fd9325948fc92d131efd56d83d611.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce9ce697601f11d23596a33a60cc8cd812.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5be1d5722eb26203cc1af8b8951616c813.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4a9f29ce2947a69896d1a75634d046f14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096d15a3e2f3af16ac8a6ef377758a7215.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afbfd40b4ede3c38c7da16d0175b9f0516.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/345dd4e9d56cfa51d5fb0c920699ead817.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b906c71e5f6888825a110a3eee4edda18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db50fa95737a3117315b58f7f2c6e46419.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76c6143cfa2ddbfdf696bc6de8b36c7220.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cc69af5b5623c2a80b18fb7c601e1ab21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e20e3b84e94d7ab6e9e060f48f4c7f22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84d5747a28a7f9d2139b2c1d2606674723.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab8760eb1203af1854f858e5a9819e6624.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/514314e28de0ca92b398696101f675cf25.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c2f346c9c6d396fd11f7feac2466cff26.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9bd65af2b995fec436c286c810ed66b27.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45b203daa27b9d9f189bc21d3fb2daf228.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/828f5935a8396559e72f3178ca4687bf29.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed0a6a4c52a485953fd8b0af2f8676530.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b54a3e212882b68270f5a1bccc37c6731.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/972e30dc80cd410cde97c714ccb8d33c32.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2ea9ace28d01f254ec4ead2d1a3b67f33.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a34d2b830f609b41e6732a5d54f327c934.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e3670e3c8efecc06bdebb20c28cc7d035.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d382dc2ffccea4c4b51b06a0f854aef36.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800b28df73ec3b0b22174803e2e2715b37.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bb472e2df606ba907e6eb4f8ada993738.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08d92f2c4e2561c755ad4667869c751f39.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76ec9dbb399f36ea91cf1083bcd285e40.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20771bbccc3e51098f402a6bbd4d273141.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c63f0220783df45502b2a1d98e01e80542.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad6f37b22f49c7d0c248a4ea0d2009343.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6cad2b413fc909697673b823fe25d3844.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebbbcf116c9ab1869ec69c100223426f45.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8df39c6bbf907f82b075c4bbedbfcf1646.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41eb49aeb04db732955f94a0a34fb5bb47.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6495fc6bc95af2d2b1a864b7f8064ebc48.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43874bbcd0ae58dbf115c32874eb879249.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c5aa47f7af823c0e3f3331d8b6c43a750.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225c2c47b00c43881f8bceae6f57f1b051.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80055bfdf7dc5d6f4aae281bc7fc399e52.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96efc380544ec421696c6bd16dafafea53.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28c42d8f90cccbde1e94609013ef89ea54.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/969803c678c717c9bd6b55f83dbfd24e55.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65732cf988f5a1158ab5983186538a7a56.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a14728ac0f83714e56334710957e240357.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aef1f4e6e1f5ea5347c0f921eff540f058.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b18e5f5dcdfe0e970a45468f085cf42859.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2e38dacb134c5ab88fa0b2cc7d8550160.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/950fb340bc211c32038f12a42d5660d661.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e787f7c89a8db1f087e7403020950a3d62.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/423d55bf9c9e1d07f1c515cc2d90c14263.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8404dc1c77cb377e59266fe5ea60639a64.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93700d2f2a8a2ea769a47e5c8a6cd1b965.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a81396b19e57f7a038118e3fea96598d66.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eb1553d700bc943df9f321cfd16fbc267.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/064eb49273a3f8d6069eca336aebee4f68.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a67e355c77b384f8c13b42709d9671269.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d3289b95b50aec9b72d9d8a910f6770.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acee0e287c2afb0f771734ac4b6a510a71.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/009a989e54bb12f5220f94f49e36417172.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fde6b780ee3bf9ce98b0eeee96f08e2973.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddc7dc7756354db24eabfa240062536f74.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34b9f82dd6013bd4e83aeec8e563bff275.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c60e0ee65e558c5025474d82e25b73ba76.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa93073222f3517459e6f6f872effcf377.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/266f13dcf38c4e82f549f6bd5ca9102178.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a86e9d7fbc83e21ed8df7b356df995a79.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3537783abcb65bfa083d3c0f47254f0680.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81ed3c9e323617d753871e8d5462f59481.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d428434a42ecbbc5d8ce2d74048b98782.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2930b60176bc79de5c3bb141b7e848283.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3551ef6cda9396e70e30e1d387f5d30e84.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31cac5d6e4ff89f86613c208e3330c2085.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a295dd9f06eece8b2e3681fc090b22f886.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be6d5695d57eb18de0173b86b6d42d3787.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a4b331494e38948bc1da5bf8a7cb54b88.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7324942a506918af5f4d7aab0a250d6989.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d92dfbe2f2bbebc72967b7259e1147bb90.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9263f8aac852012a831d2ca04bc9569791.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f392d7492bb543e7a43bf4820150e33092.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb1c363e9b58f3f38b1984ef8369683193.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2d556f7a9f8116f41bc311a5addfc5a94.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad2d6982dad51d7296aa86ce0ccf265e95.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4a88f182ea06af00fb3623c55ee33ca96.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adae333e899aef656dd4b359e8713d6797.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d2927810632007527362f7ef2f5420398.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5caf2a751f05a5360a21bcbefc31f5999.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a44006244fb8b01d2a2225ac49de7955100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cda0fee8a6bf794fb777ad07944ff844101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f0cd802f9a3b562d353e117ae04d3f4102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eafb94b50a23327405d2f0e9a26c1040103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbf0010fc32debd5c5ad7c819e3f357f104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77bc180c6edf8765a3023978337b6319105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e05cd53e5513644ea9f8972f9a4166c6106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0e007769b4759188eb26a374d67bdfd107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4d5084caf994e38a88207203ba0ee32108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66761aaa62d6c2059a759014bc43d259109.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4750,680 +4561,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>114</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="109" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
-        <a:stretch>
-[...628 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -5690,51 +4871,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/2/breloki-optom/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K136"/>
+  <dimension ref="A1:K115"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="28" customWidth="true" style="4"/>
     <col min="1" max="1" width="19" customWidth="true" style="0"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -5841,2351 +5022,1973 @@
       <c r="D7" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:11" customHeight="1" ht="71">
       <c r="A8"/>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F8" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:11" customHeight="1" ht="71">
       <c r="A9"/>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:11" customHeight="1" ht="71">
       <c r="A10"/>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:11" customHeight="1" ht="71">
       <c r="A11"/>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:11" customHeight="1" ht="71">
       <c r="A12"/>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:11" customHeight="1" ht="71">
       <c r="A13"/>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:11" customHeight="1" ht="71">
       <c r="A14"/>
       <c r="B14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" t="s">
         <v>41</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>42</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F14" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:11" customHeight="1" ht="71">
       <c r="A15"/>
       <c r="B15" t="s">
         <v>44</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F15" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:11" customHeight="1" ht="71">
       <c r="A16"/>
       <c r="B16" t="s">
         <v>48</v>
       </c>
       <c r="C16" t="s">
         <v>49</v>
       </c>
       <c r="D16" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:11" customHeight="1" ht="71">
       <c r="A17"/>
       <c r="B17" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C17" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D17" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="71">
       <c r="A18"/>
       <c r="B18" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C18" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D18" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="F18" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="71">
       <c r="A19"/>
       <c r="B19" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C19" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="D19" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:11" customHeight="1" ht="71">
       <c r="A20"/>
       <c r="B20" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="C20" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D20" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
-        <v>29</v>
+        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="71">
       <c r="A21"/>
       <c r="B21" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="C21" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="D21" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="71">
       <c r="A22"/>
       <c r="B22" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="C22" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="D22" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="71">
       <c r="A23"/>
       <c r="B23" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="C23" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="D23" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="71">
       <c r="A24"/>
       <c r="B24" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C24" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="D24" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="71">
       <c r="A25"/>
       <c r="B25" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="C25" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="D25" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="71">
       <c r="A26"/>
       <c r="B26" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C26" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="D26" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="71">
       <c r="A27"/>
       <c r="B27" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C27" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="D27" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="F27" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
     </row>
     <row r="28" spans="1:11" customHeight="1" ht="71">
       <c r="A28"/>
       <c r="B28" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C28" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="D28" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="F28" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="29" spans="1:11" customHeight="1" ht="71">
       <c r="A29"/>
       <c r="B29" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="C29" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="D29" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F29" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="71">
       <c r="A30"/>
       <c r="B30" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C30" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="D30" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F30" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="31" spans="1:11" customHeight="1" ht="71">
       <c r="A31"/>
       <c r="B31" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C31" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="D31" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F31" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
     </row>
     <row r="32" spans="1:11" customHeight="1" ht="71">
       <c r="A32"/>
       <c r="B32" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C32" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="D32" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E32" s="4" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="F32" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
     </row>
     <row r="33" spans="1:11" customHeight="1" ht="71">
       <c r="A33"/>
       <c r="B33" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="C33" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="D33" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="F33" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
     </row>
     <row r="34" spans="1:11" customHeight="1" ht="71">
       <c r="A34"/>
       <c r="B34" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="C34" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="D34" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F34" t="s">
-        <v>109</v>
+        <v>122</v>
       </c>
     </row>
     <row r="35" spans="1:11" customHeight="1" ht="71">
       <c r="A35"/>
       <c r="B35" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="C35" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="D35" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F35" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:11" customHeight="1" ht="71">
       <c r="A36"/>
       <c r="B36" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="C36" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D36" t="s">
+        <v>128</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F36" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="37" spans="1:11" customHeight="1" ht="71">
       <c r="A37"/>
       <c r="B37" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="C37" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="D37" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F37" t="s">
-        <v>126</v>
+        <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:11" customHeight="1" ht="71">
       <c r="A38"/>
       <c r="B38" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C38" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="D38" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="E38" s="4" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="F38" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="39" spans="1:11" customHeight="1" ht="71">
       <c r="A39"/>
       <c r="B39" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="C39" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="D39" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="F39" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
     </row>
     <row r="40" spans="1:11" customHeight="1" ht="71">
       <c r="A40"/>
       <c r="B40" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="C40" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="D40" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="E40" s="4" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="F40" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
     </row>
     <row r="41" spans="1:11" customHeight="1" ht="71">
       <c r="A41"/>
       <c r="B41" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="C41" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="D41" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F41" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
     </row>
     <row r="42" spans="1:11" customHeight="1" ht="71">
       <c r="A42"/>
       <c r="B42" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C42" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D42" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="E42" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F42" t="s">
-        <v>130</v>
+        <v>151</v>
       </c>
     </row>
     <row r="43" spans="1:11" customHeight="1" ht="71">
       <c r="A43"/>
       <c r="B43" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="C43" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="D43" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
       <c r="F43" t="s">
-        <v>150</v>
+        <v>76</v>
       </c>
     </row>
     <row r="44" spans="1:11" customHeight="1" ht="71">
       <c r="A44"/>
       <c r="B44" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C44" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="D44" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="E44" s="4" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
       <c r="F44" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="45" spans="1:11" customHeight="1" ht="71">
       <c r="A45"/>
       <c r="B45" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C45" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="D45" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F45" t="s">
-        <v>158</v>
+        <v>76</v>
       </c>
     </row>
     <row r="46" spans="1:11" customHeight="1" ht="71">
       <c r="A46"/>
       <c r="B46" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C46" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D46" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="E46" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F46" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
     </row>
     <row r="47" spans="1:11" customHeight="1" ht="71">
       <c r="A47"/>
       <c r="B47" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="C47" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="D47" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="E47" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F47" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
     </row>
     <row r="48" spans="1:11" customHeight="1" ht="71">
       <c r="A48"/>
       <c r="B48" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="C48" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="D48" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="E48" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F48" t="s">
-        <v>126</v>
+        <v>151</v>
       </c>
     </row>
     <row r="49" spans="1:11" customHeight="1" ht="71">
       <c r="A49"/>
       <c r="B49" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C49" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="D49" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="F49" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="50" spans="1:11" customHeight="1" ht="71">
       <c r="A50"/>
       <c r="B50" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C50" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="D50" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="E50" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F50" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:11" customHeight="1" ht="71">
       <c r="A51"/>
       <c r="B51" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C51" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="D51" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="E51" s="4" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="F51" t="s">
-        <v>179</v>
+        <v>76</v>
       </c>
     </row>
     <row r="52" spans="1:11" customHeight="1" ht="71">
       <c r="A52"/>
       <c r="B52" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C52" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="D52" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="E52" s="4" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="F52" t="s">
-        <v>183</v>
+        <v>151</v>
       </c>
     </row>
     <row r="53" spans="1:11" customHeight="1" ht="71">
       <c r="A53"/>
       <c r="B53" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C53" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="D53" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="F53" t="s">
-        <v>187</v>
+        <v>151</v>
       </c>
     </row>
     <row r="54" spans="1:11" customHeight="1" ht="71">
       <c r="A54"/>
       <c r="B54" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C54" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D54" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="E54" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F54" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="55" spans="1:11" customHeight="1" ht="71">
       <c r="A55"/>
       <c r="B55" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C55" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D55" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="E55" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F55" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="56" spans="1:11" customHeight="1" ht="71">
       <c r="A56"/>
       <c r="B56" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C56" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D56" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="E56" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F56" t="s">
-        <v>109</v>
+        <v>201</v>
       </c>
     </row>
     <row r="57" spans="1:11" customHeight="1" ht="71">
       <c r="A57"/>
       <c r="B57" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C57" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D57" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="E57" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F57" t="s">
-        <v>202</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:11" customHeight="1" ht="71">
       <c r="A58"/>
       <c r="B58" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C58" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D58" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="E58" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F58" t="s">
-        <v>109</v>
+        <v>197</v>
       </c>
     </row>
     <row r="59" spans="1:11" customHeight="1" ht="71">
       <c r="A59"/>
       <c r="B59" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C59" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D59" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E59" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F59" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="60" spans="1:11" customHeight="1" ht="71">
       <c r="A60"/>
       <c r="B60" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C60" t="s">
+        <v>213</v>
+      </c>
+      <c r="D60" t="s">
+        <v>214</v>
+      </c>
+      <c r="E60" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F60" t="s">
         <v>211</v>
-      </c>
-[...7 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="61" spans="1:11" customHeight="1" ht="71">
       <c r="A61"/>
       <c r="B61" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C61" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D61" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E61" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F61" t="s">
-        <v>217</v>
+        <v>76</v>
       </c>
     </row>
     <row r="62" spans="1:11" customHeight="1" ht="71">
       <c r="A62"/>
       <c r="B62" t="s">
         <v>218</v>
       </c>
       <c r="C62" t="s">
         <v>219</v>
       </c>
       <c r="D62" t="s">
         <v>220</v>
       </c>
       <c r="E62" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F62" t="s">
-        <v>195</v>
+        <v>76</v>
       </c>
     </row>
     <row r="63" spans="1:11" customHeight="1" ht="71">
       <c r="A63"/>
       <c r="B63" t="s">
         <v>221</v>
       </c>
       <c r="C63" t="s">
         <v>222</v>
       </c>
       <c r="D63" t="s">
         <v>223</v>
       </c>
       <c r="E63" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F63" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="64" spans="1:11" customHeight="1" ht="71">
       <c r="A64"/>
       <c r="B64" t="s">
         <v>225</v>
       </c>
       <c r="C64" t="s">
         <v>226</v>
       </c>
       <c r="D64" t="s">
         <v>227</v>
       </c>
       <c r="E64" s="4" t="s">
-        <v>17</v>
+        <v>228</v>
       </c>
       <c r="F64" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="65" spans="1:11" customHeight="1" ht="71">
       <c r="A65"/>
       <c r="B65" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C65" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="D65" t="s">
         <v>231</v>
       </c>
       <c r="E65" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F65" t="s">
-        <v>109</v>
+        <v>229</v>
       </c>
     </row>
     <row r="66" spans="1:11" customHeight="1" ht="71">
       <c r="A66"/>
       <c r="B66" t="s">
         <v>232</v>
       </c>
       <c r="C66" t="s">
         <v>233</v>
       </c>
       <c r="D66" t="s">
         <v>234</v>
       </c>
       <c r="E66" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F66" t="s">
-        <v>195</v>
+        <v>151</v>
       </c>
     </row>
     <row r="67" spans="1:11" customHeight="1" ht="71">
       <c r="A67"/>
       <c r="B67" t="s">
         <v>235</v>
       </c>
       <c r="C67" t="s">
         <v>236</v>
       </c>
       <c r="D67" t="s">
         <v>237</v>
       </c>
       <c r="E67" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F67" t="s">
-        <v>109</v>
+        <v>151</v>
       </c>
     </row>
     <row r="68" spans="1:11" customHeight="1" ht="71">
       <c r="A68"/>
       <c r="B68" t="s">
         <v>238</v>
       </c>
       <c r="C68" t="s">
         <v>239</v>
       </c>
       <c r="D68" t="s">
         <v>240</v>
       </c>
       <c r="E68" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F68" t="s">
-        <v>195</v>
+        <v>241</v>
       </c>
     </row>
     <row r="69" spans="1:11" customHeight="1" ht="71">
       <c r="A69"/>
       <c r="B69" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C69" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D69" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E69" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F69" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="70" spans="1:11" customHeight="1" ht="71">
       <c r="A70"/>
       <c r="B70" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C70" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D70" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E70" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F70" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
     </row>
     <row r="71" spans="1:11" customHeight="1" ht="71">
       <c r="A71"/>
       <c r="B71" t="s">
         <v>249</v>
       </c>
       <c r="C71" t="s">
         <v>250</v>
       </c>
       <c r="D71" t="s">
         <v>251</v>
       </c>
       <c r="E71" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F71" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="72" spans="1:11" customHeight="1" ht="71">
       <c r="A72"/>
       <c r="B72" t="s">
         <v>253</v>
       </c>
       <c r="C72" t="s">
         <v>254</v>
       </c>
       <c r="D72" t="s">
         <v>255</v>
       </c>
       <c r="E72" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F72" t="s">
-        <v>228</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:11" customHeight="1" ht="71">
       <c r="A73"/>
       <c r="B73" t="s">
         <v>256</v>
       </c>
       <c r="C73" t="s">
         <v>257</v>
       </c>
       <c r="D73" t="s">
         <v>258</v>
       </c>
       <c r="E73" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F73" t="s">
-        <v>248</v>
+        <v>151</v>
       </c>
     </row>
     <row r="74" spans="1:11" customHeight="1" ht="71">
       <c r="A74"/>
       <c r="B74" t="s">
         <v>259</v>
       </c>
       <c r="C74" t="s">
         <v>260</v>
       </c>
       <c r="D74" t="s">
         <v>261</v>
       </c>
       <c r="E74" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F74" t="s">
-        <v>109</v>
+        <v>158</v>
       </c>
     </row>
     <row r="75" spans="1:11" customHeight="1" ht="71">
       <c r="A75"/>
       <c r="B75" t="s">
         <v>262</v>
       </c>
       <c r="C75" t="s">
         <v>263</v>
       </c>
       <c r="D75" t="s">
         <v>264</v>
       </c>
       <c r="E75" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F75" t="s">
-        <v>109</v>
+        <v>265</v>
       </c>
     </row>
     <row r="76" spans="1:11" customHeight="1" ht="71">
       <c r="A76"/>
       <c r="B76" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C76" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D76" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E76" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F76" t="s">
-        <v>268</v>
+        <v>252</v>
       </c>
     </row>
     <row r="77" spans="1:11" customHeight="1" ht="71">
       <c r="A77"/>
       <c r="B77" t="s">
         <v>269</v>
       </c>
       <c r="C77" t="s">
         <v>270</v>
       </c>
       <c r="D77" t="s">
         <v>271</v>
       </c>
       <c r="E77" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F77" t="s">
-        <v>268</v>
+        <v>193</v>
       </c>
     </row>
     <row r="78" spans="1:11" customHeight="1" ht="71">
       <c r="A78"/>
       <c r="B78" t="s">
         <v>272</v>
       </c>
       <c r="C78" t="s">
         <v>273</v>
       </c>
       <c r="D78" t="s">
         <v>274</v>
       </c>
       <c r="E78" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F78" t="s">
-        <v>109</v>
+        <v>265</v>
       </c>
     </row>
     <row r="79" spans="1:11" customHeight="1" ht="71">
       <c r="A79"/>
       <c r="B79" t="s">
         <v>275</v>
       </c>
       <c r="C79" t="s">
         <v>276</v>
       </c>
-      <c r="D79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D79"/>
       <c r="E79" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F79" t="s">
-        <v>109</v>
+        <v>158</v>
       </c>
     </row>
     <row r="80" spans="1:11" customHeight="1" ht="71">
       <c r="A80"/>
       <c r="B80" t="s">
+        <v>277</v>
+      </c>
+      <c r="C80" t="s">
         <v>278</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80"/>
+      <c r="E80" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F80" t="s">
         <v>279</v>
-      </c>
-[...7 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="81" spans="1:11" customHeight="1" ht="71">
       <c r="A81"/>
       <c r="B81" t="s">
+        <v>280</v>
+      </c>
+      <c r="C81" t="s">
+        <v>281</v>
+      </c>
+      <c r="D81" t="s">
         <v>282</v>
       </c>
-      <c r="C81" t="s">
+      <c r="E81" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F81" t="s">
         <v>283</v>
-      </c>
-[...7 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="82" spans="1:11" customHeight="1" ht="71">
       <c r="A82"/>
       <c r="B82" t="s">
+        <v>284</v>
+      </c>
+      <c r="C82" t="s">
         <v>285</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>286</v>
       </c>
-      <c r="D82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F82" t="s">
-        <v>109</v>
+        <v>265</v>
       </c>
     </row>
     <row r="83" spans="1:11" customHeight="1" ht="71">
       <c r="A83"/>
       <c r="B83" t="s">
+        <v>287</v>
+      </c>
+      <c r="C83" t="s">
         <v>288</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>289</v>
       </c>
-      <c r="D83" t="s">
+      <c r="E83" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F83" t="s">
         <v>290</v>
-      </c>
-[...4 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="84" spans="1:11" customHeight="1" ht="71">
       <c r="A84"/>
       <c r="B84" t="s">
+        <v>291</v>
+      </c>
+      <c r="C84" t="s">
+        <v>292</v>
+      </c>
+      <c r="D84" t="s">
         <v>293</v>
       </c>
-      <c r="C84" t="s">
-[...2 lines deleted...]
-      <c r="D84" t="s">
+      <c r="E84" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F84" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="85" spans="1:11" customHeight="1" ht="71">
       <c r="A85"/>
       <c r="B85" t="s">
         <v>295</v>
       </c>
       <c r="C85" t="s">
         <v>296</v>
       </c>
       <c r="D85" t="s">
         <v>297</v>
       </c>
       <c r="E85" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F85" t="s">
-        <v>195</v>
+        <v>298</v>
       </c>
     </row>
     <row r="86" spans="1:11" customHeight="1" ht="71">
       <c r="A86"/>
       <c r="B86" t="s">
-        <v>298</v>
+        <v>190</v>
       </c>
       <c r="C86" t="s">
         <v>299</v>
       </c>
       <c r="D86" t="s">
         <v>300</v>
       </c>
       <c r="E86" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F86" t="s">
-        <v>195</v>
+        <v>301</v>
       </c>
     </row>
     <row r="87" spans="1:11" customHeight="1" ht="71">
       <c r="A87"/>
       <c r="B87" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C87" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D87" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="E87" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F87" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="88" spans="1:11" customHeight="1" ht="71">
       <c r="A88"/>
       <c r="B88" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
       <c r="C88" t="s">
         <v>306</v>
       </c>
       <c r="D88" t="s">
+        <v>297</v>
+      </c>
+      <c r="E88" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F88" t="s">
         <v>307</v>
-      </c>
-[...4 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="89" spans="1:11" customHeight="1" ht="71">
       <c r="A89"/>
       <c r="B89" t="s">
+        <v>308</v>
+      </c>
+      <c r="C89" t="s">
         <v>309</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
         <v>310</v>
       </c>
-      <c r="D89" t="s">
+      <c r="E89" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F89" t="s">
         <v>311</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="90" spans="1:11" customHeight="1" ht="71">
       <c r="A90"/>
       <c r="B90" t="s">
         <v>312</v>
       </c>
       <c r="C90" t="s">
         <v>313</v>
       </c>
       <c r="D90" t="s">
         <v>314</v>
       </c>
       <c r="E90" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F90" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
     </row>
     <row r="91" spans="1:11" customHeight="1" ht="71">
       <c r="A91"/>
       <c r="B91" t="s">
+        <v>315</v>
+      </c>
+      <c r="C91" t="s">
         <v>316</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" t="s">
         <v>317</v>
       </c>
-      <c r="D91" t="s">
+      <c r="E91" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F91" t="s">
         <v>318</v>
-      </c>
-[...4 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="92" spans="1:11" customHeight="1" ht="71">
       <c r="A92"/>
       <c r="B92" t="s">
         <v>319</v>
       </c>
       <c r="C92" t="s">
         <v>320</v>
       </c>
       <c r="D92" t="s">
         <v>321</v>
       </c>
       <c r="E92" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F92" t="s">
-        <v>195</v>
+        <v>301</v>
       </c>
     </row>
     <row r="93" spans="1:11" customHeight="1" ht="71">
       <c r="A93"/>
       <c r="B93" t="s">
         <v>322</v>
       </c>
       <c r="C93" t="s">
         <v>323</v>
       </c>
       <c r="D93" t="s">
         <v>324</v>
       </c>
       <c r="E93" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F93" t="s">
-        <v>202</v>
+        <v>325</v>
       </c>
     </row>
     <row r="94" spans="1:11" customHeight="1" ht="71">
       <c r="A94"/>
       <c r="B94" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C94" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D94" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E94" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F94" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="95" spans="1:11" customHeight="1" ht="71">
       <c r="A95"/>
       <c r="B95" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C95" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D95" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E95" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F95" t="s">
-        <v>315</v>
+        <v>333</v>
       </c>
     </row>
     <row r="96" spans="1:11" customHeight="1" ht="71">
       <c r="A96"/>
       <c r="B96" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C96" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D96" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="E96" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F96" t="s">
-        <v>244</v>
+        <v>337</v>
       </c>
     </row>
     <row r="97" spans="1:11" customHeight="1" ht="71">
       <c r="A97"/>
       <c r="B97" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="C97" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="D97" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="E97" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F97" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
     </row>
     <row r="98" spans="1:11" customHeight="1" ht="71">
       <c r="A98"/>
       <c r="B98" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C98" t="s">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="D98"/>
+        <v>343</v>
+      </c>
+      <c r="D98" t="s">
+        <v>344</v>
+      </c>
       <c r="E98" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F98" t="s">
-        <v>202</v>
+        <v>345</v>
       </c>
     </row>
     <row r="99" spans="1:11" customHeight="1" ht="71">
       <c r="A99"/>
       <c r="B99" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="C99" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="D99"/>
+        <v>347</v>
+      </c>
+      <c r="D99" t="s">
+        <v>348</v>
+      </c>
       <c r="E99" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F99" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
     </row>
     <row r="100" spans="1:11" customHeight="1" ht="71">
       <c r="A100"/>
       <c r="B100" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="C100" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="D100" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="E100" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F100" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
     </row>
     <row r="101" spans="1:11" customHeight="1" ht="71">
       <c r="A101"/>
       <c r="B101" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="C101" t="s">
-        <v>348</v>
+        <v>320</v>
       </c>
       <c r="D101" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="E101" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F101" t="s">
-        <v>328</v>
+        <v>352</v>
       </c>
     </row>
     <row r="102" spans="1:11" customHeight="1" ht="71">
       <c r="A102"/>
       <c r="B102" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="C102" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="D102" t="s">
+        <v>357</v>
+      </c>
+      <c r="E102" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F102" t="s">
         <v>352</v>
-      </c>
-[...4 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="103" spans="1:11" customHeight="1" ht="71">
       <c r="A103"/>
       <c r="B103" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="C103" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="D103" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="E103" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F103" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
     </row>
     <row r="104" spans="1:11" customHeight="1" ht="71">
       <c r="A104"/>
       <c r="B104" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C104" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="D104" t="s">
-        <v>360</v>
+        <v>131</v>
       </c>
       <c r="E104" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F104" t="s">
-        <v>361</v>
+        <v>337</v>
       </c>
     </row>
     <row r="105" spans="1:11" customHeight="1" ht="71">
       <c r="A105"/>
       <c r="B105" t="s">
-        <v>241</v>
+        <v>363</v>
       </c>
       <c r="C105" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="D105" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="E105" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F105" t="s">
-        <v>364</v>
+        <v>337</v>
       </c>
     </row>
     <row r="106" spans="1:11" customHeight="1" ht="71">
       <c r="A106"/>
       <c r="B106" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C106" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D106" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="E106" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F106" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="107" spans="1:11" customHeight="1" ht="71">
       <c r="A107"/>
       <c r="B107" t="s">
-        <v>358</v>
+        <v>370</v>
       </c>
       <c r="C107" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D107" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="E107" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F107" t="s">
-        <v>370</v>
+        <v>76</v>
       </c>
     </row>
     <row r="108" spans="1:11" customHeight="1" ht="71">
       <c r="A108"/>
       <c r="B108" t="s">
-        <v>371</v>
+        <v>190</v>
       </c>
       <c r="C108" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D108" t="s">
-        <v>373</v>
+        <v>300</v>
       </c>
       <c r="E108" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F108" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="109" spans="1:11" customHeight="1" ht="71">
       <c r="A109"/>
       <c r="B109" t="s">
+        <v>140</v>
+      </c>
+      <c r="C109" t="s">
         <v>375</v>
       </c>
-      <c r="C109" t="s">
+      <c r="D109" t="s">
+        <v>142</v>
+      </c>
+      <c r="E109" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="F109" t="s">
         <v>376</v>
-      </c>
-[...7 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="110" spans="1:11" customHeight="1" ht="71">
       <c r="A110"/>
       <c r="B110" t="s">
+        <v>377</v>
+      </c>
+      <c r="C110" t="s">
         <v>378</v>
       </c>
-      <c r="C110" t="s">
+      <c r="D110" t="s">
         <v>379</v>
       </c>
-      <c r="D110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E110" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F110" t="s">
-        <v>381</v>
+        <v>76</v>
       </c>
     </row>
     <row r="111" spans="1:11" customHeight="1" ht="71">
       <c r="A111"/>
       <c r="B111" t="s">
+        <v>380</v>
+      </c>
+      <c r="C111" t="s">
+        <v>381</v>
+      </c>
+      <c r="D111" t="s">
         <v>382</v>
       </c>
-      <c r="C111" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E111" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F111" t="s">
-        <v>364</v>
+        <v>352</v>
       </c>
     </row>
     <row r="112" spans="1:11" customHeight="1" ht="71">
       <c r="A112"/>
       <c r="B112" t="s">
-        <v>385</v>
+        <v>198</v>
       </c>
       <c r="C112" t="s">
-        <v>386</v>
+        <v>199</v>
       </c>
       <c r="D112" t="s">
-        <v>387</v>
+        <v>200</v>
       </c>
       <c r="E112" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F112" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
     </row>
     <row r="113" spans="1:11" customHeight="1" ht="71">
       <c r="A113"/>
       <c r="B113" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="C113" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="D113" t="s">
-        <v>391</v>
+        <v>379</v>
       </c>
       <c r="E113" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F113" t="s">
-        <v>392</v>
+        <v>337</v>
       </c>
     </row>
     <row r="114" spans="1:11" customHeight="1" ht="71">
       <c r="A114"/>
       <c r="B114" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="C114" t="s">
-        <v>394</v>
+        <v>387</v>
       </c>
       <c r="D114" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
       <c r="E114" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F114" t="s">
-        <v>396</v>
+        <v>337</v>
       </c>
     </row>
     <row r="115" spans="1:11" customHeight="1" ht="71">
       <c r="A115"/>
       <c r="B115" t="s">
-        <v>397</v>
+        <v>389</v>
       </c>
       <c r="C115" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="D115" t="s">
-        <v>399</v>
+        <v>131</v>
       </c>
       <c r="E115" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F115" t="s">
-        <v>400</v>
-[...377 lines deleted...]
-        <v>400</v>
+        <v>391</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 