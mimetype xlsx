--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -14,74 +14,74 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Стрибунці оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>04:17</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Поролонові м'ячі фрукти 6 см</t>
   </si>
   <si>
     <t>23-4315</t>
   </si>
@@ -190,189 +190,138 @@
   <si>
     <t>23-1900</t>
   </si>
   <si>
     <t>1000000019001</t>
   </si>
   <si>
     <t>Стрибунці Веселушки 45 мм</t>
   </si>
   <si>
     <t>23-1896</t>
   </si>
   <si>
     <t>1000000018967</t>
   </si>
   <si>
     <t>Стрибунці Кислотки 45 мм</t>
   </si>
   <si>
     <t>23-1892</t>
   </si>
   <si>
     <t>1000000018929</t>
   </si>
   <si>
-    <t>Стрибунці Міксики 45 мм</t>
-[...5 lines deleted...]
-    <t>1000000018882</t>
+    <t>Стрибунці Квіти 45 мм</t>
+  </si>
+  <si>
+    <t>23-1890</t>
+  </si>
+  <si>
+    <t>1000000018905</t>
+  </si>
+  <si>
+    <t>М'ячики стрибунці Фантики 32 мм</t>
+  </si>
+  <si>
+    <t>23-1889</t>
+  </si>
+  <si>
+    <t>1000000018899</t>
+  </si>
+  <si>
+    <t>151,80</t>
+  </si>
+  <si>
+    <t>М'ячики стрибунці Баскетбол 32 мм</t>
+  </si>
+  <si>
+    <t>23-1901</t>
+  </si>
+  <si>
+    <t>1000000019018</t>
   </si>
   <si>
     <t>Стрибунці Смайли 45 мм</t>
   </si>
   <si>
-    <t>23-1884</t>
+    <t>KA-23-52</t>
   </si>
   <si>
     <t>1000000018844</t>
   </si>
   <si>
-    <t>Стрибунці Квіти 45 мм</t>
-[...85 lines deleted...]
-  <si>
     <t>225,63</t>
   </si>
   <si>
-    <t>М'яч стрибунець Gravity ball єдиноріг 7 см</t>
-[...10 lines deleted...]
-  <si>
     <t>М'яч стрибунець Gravity ball мікс 6,5 см</t>
   </si>
   <si>
     <t>23-1694</t>
   </si>
   <si>
     <t>1000000016949</t>
   </si>
   <si>
     <t>351,62</t>
   </si>
   <si>
     <t>М'яч стрибунець Gravity ball смайли 6,5 см</t>
   </si>
   <si>
     <t>23-1692</t>
   </si>
   <si>
     <t>1000000016925</t>
+  </si>
+  <si>
+    <t>М'яч стрибунець мікс із мультиків 6 см</t>
+  </si>
+  <si>
+    <t>23-5195</t>
+  </si>
+  <si>
+    <t>1000000051957</t>
+  </si>
+  <si>
+    <t>262,20</t>
+  </si>
+  <si>
+    <t>Стрибунці бейсбольні м'ячі 25 мм</t>
+  </si>
+  <si>
+    <t>KA-23-1321</t>
+  </si>
+  <si>
+    <t>000000013207</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 36 шт..</t>
+  </si>
+  <si>
+    <t>151,11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF1315F0"/>
       <name val="Calibri"/>
@@ -438,51 +387,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec1de38d5dc144edb39d81d4d9d2b931.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7768f532816628673379c056bff3a25d2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86eea8d0e04a15680e704f90de6f04cf3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fdbecfa0c658d9289d1d5ee040a50634.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89f675634ec0e8d0266ca70dd17e51bf5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ee11ff5ac257948adcdd1b81d4170516.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09ad2cd90edc969b2db7a73dae95d0e87.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89407108031dfd1c94c3b9b865f1865f8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a94d3bd8229fe31851c238c541dad95a9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096b4ddc510fbfe19988f7bb8964f4b910.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc8c81a48e3f1b8216a11e4468aa512c11.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eeca75fe09074abc1ac4e1bed18bd3312.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c98abdf2b5e3c501b6d1cc1e0ae1750b13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc4268659cf2f869282dd3091690cd7f14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9388cfa3a44a6679fcbb343402c7ed1215.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c7b690dc6503e1528ec392fe2f2463716.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b2ad1b87fcc961de43045479ec6b16c17.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ccfcd21cb966112074247382b627d7118.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e14b5dd9e2d1f240be658790edba50d19.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26abeb685b43b0f4486aec3c377543f820.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e5122fe50c9c971174c640aea88d1a621.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e6f6e8e28b130fc54e9942d419167f22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a72132e3d8d89d77f0524e7cd6e311823.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd0e5d01848c5c062c8adfb2906d55e724.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46d80cf517f518370e62a3607230d99b25.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eab4abd4745ffad20769adc054cfc9b126.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aad222d7aea33a2c943a1e0b4123790427.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52635570bd62d6da2bf43e29233d322e28.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dbe8f2a3a02ab1c0d4eacbda74853171.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e73380d9047299633f6f9e850300d292.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbfc943c45cab9ec3397650bd78ee10d3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1a6816895ec68aba21ecadc127118e84.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9a55b980598de5d94f2edc05f7b8d735.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f742d94edce1bd952c5115579fa779686.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c331b1be7e16ad15da8023dc2b5c92a17.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4cd42d10496890d978bac4ca9720e2e8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbed33f1b177937031012c74973e86179.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab01aab3997d00756accc4c42012273a10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68bec7873ff0ff8dd37608a1d174875f11.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4ddb7ee15292a2a0aa85ad9a0876a3f12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564c400fbc5ac8aae90878f45b50637e13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdf9c35554f3bb79e1d896e6cbb476cb14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfc9c24b039540974647bb18b8f85b9c15.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6ee478e66df0dab814d20913b31918a16.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c40e671dd266850d31fdeb4f6f0a9c5917.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f2771b1b55b44655ba06e2a3325f3fb18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dabb51789c4956c466201bad90c308c19.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f20005f36e14fe559184f2cebc159f0a20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508f85da1610d6ed0c186b5875e5e35721.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1060,260 +1009,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
-        <a:stretch>
-[...208 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1580,51 +1319,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/16/stribunci-optom/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K34"/>
+  <dimension ref="A1:K27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="28" customWidth="true" style="4"/>
     <col min="1" max="1" width="19" customWidth="true" style="0"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -1960,288 +1699,162 @@
       <c r="C20" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="71">
       <c r="A21"/>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
         <v>63</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="F21" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="71">
       <c r="A22"/>
       <c r="B22" t="s">
+        <v>65</v>
+      </c>
+      <c r="C22" t="s">
+        <v>66</v>
+      </c>
+      <c r="D22" t="s">
+        <v>67</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F22" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="71">
       <c r="A23"/>
       <c r="B23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D23" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="71">
       <c r="A24"/>
       <c r="B24" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C24" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D24" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="F24" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="71">
       <c r="A25"/>
       <c r="B25" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C25" t="s">
+        <v>77</v>
+      </c>
+      <c r="D25" t="s">
+        <v>78</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F25" t="s">
         <v>75</v>
-      </c>
-[...7 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="71">
       <c r="A26"/>
       <c r="B26" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C26" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D26" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E26" s="4" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="F26" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="71">
       <c r="A27"/>
       <c r="B27" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C27" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D27" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>40</v>
+        <v>86</v>
       </c>
       <c r="F27" t="s">
-        <v>73</v>
-[...25 lines deleted...]
-      <c r="C29" t="s">
         <v>87</v>
-      </c>
-[...97 lines deleted...]
-        <v>101</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 