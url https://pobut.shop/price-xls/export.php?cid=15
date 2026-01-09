--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -14,74 +14,74 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="258">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Алмазна мозаїка оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>03:40</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Алмазна мозаїка Малина 40*50 см</t>
   </si>
   <si>
     <t>XQA88432</t>
   </si>
@@ -181,59 +181,50 @@
   <si>
     <t>XQA88445</t>
   </si>
   <si>
     <t>1000000048452</t>
   </si>
   <si>
     <t>Алмазна мозаїка човен та море 40*50 см</t>
   </si>
   <si>
     <t>XQA88446</t>
   </si>
   <si>
     <t>1000000048469</t>
   </si>
   <si>
     <t>Алмазна мозаїка човен та соняшники 40*50 см</t>
   </si>
   <si>
     <t>XQA88447</t>
   </si>
   <si>
     <t>1000000048476</t>
   </si>
   <si>
-    <t>Алмазна мозаїка соняшники у синій вазі 40*50 см</t>
-[...7 lines deleted...]
-  <si>
     <t>Алмазна мозаїка квіти 40*50 см</t>
   </si>
   <si>
     <t>XQA88449</t>
   </si>
   <si>
     <t>1000000048490</t>
   </si>
   <si>
     <t>Алмазна мозаїка квіти у кошику 40*50 см</t>
   </si>
   <si>
     <t>XQA88450</t>
   </si>
   <si>
     <t>1000000048506</t>
   </si>
   <si>
     <t>Алмазна мозаїка квіти Гіпсофіли 40*50 см</t>
   </si>
   <si>
     <t>XQA88451</t>
   </si>
   <si>
     <t>1000000048513</t>
@@ -253,191 +244,155 @@
   <si>
     <t>XQA88453</t>
   </si>
   <si>
     <t>1000000048537</t>
   </si>
   <si>
     <t>Алмазна мозаїка повітряні кулі 40*50 см</t>
   </si>
   <si>
     <t>XQA87461</t>
   </si>
   <si>
     <t>1000000048544</t>
   </si>
   <si>
     <t>Алмазна мозаїка будиночок та квіти 40*50 см</t>
   </si>
   <si>
     <t>XQA88437</t>
   </si>
   <si>
     <t>1000000048377</t>
   </si>
   <si>
-    <t>Алмазна мозаїка гори та річка 40*50 см</t>
-[...7 lines deleted...]
-  <si>
     <t>Алмазна мозаїка Ейфелева вежа та троянда 40*50 см</t>
   </si>
   <si>
     <t>XQA87487</t>
   </si>
   <si>
     <t>1000000048551</t>
   </si>
   <si>
     <t>Алмазна мозаїка часточки апельсина 40*50 см</t>
   </si>
   <si>
     <t>XQA88454</t>
   </si>
   <si>
     <t>1000000048568</t>
   </si>
   <si>
     <t>Алмазна мозаїка човен на морі 40*50 см</t>
   </si>
   <si>
     <t>XQA88455</t>
   </si>
   <si>
     <t>1000000048575</t>
   </si>
   <si>
     <t>Алмазна мозаїка мультик 30*40 см</t>
   </si>
   <si>
     <t>XQB88456</t>
   </si>
   <si>
     <t>1000000048605</t>
   </si>
   <si>
     <t>202,40</t>
   </si>
   <si>
     <t>Алмазна мозаїка рибки 30*40 см</t>
   </si>
   <si>
     <t>XQB88457</t>
   </si>
   <si>
     <t>1000000048612</t>
   </si>
   <si>
-    <t>Алмазна мозаїка дві собачки 30*40 см</t>
-[...7 lines deleted...]
-  <si>
     <t>Алмазна мозаїка два котики 30*40 см</t>
   </si>
   <si>
     <t>XQB88459</t>
   </si>
   <si>
     <t>1000000048636</t>
   </si>
   <si>
     <t>Алмазна мозаїка чудики 30*40 см</t>
   </si>
   <si>
     <t>XQB88462</t>
   </si>
   <si>
     <t>1000000048667</t>
   </si>
   <si>
     <t>Алмазна мозаїка чудики на морі 30*40 см</t>
   </si>
   <si>
     <t>XQB88463</t>
   </si>
   <si>
     <t>1000000048674</t>
   </si>
   <si>
-    <t>Алмазна мозаїка принцеса 30*40 см</t>
-[...7 lines deleted...]
-  <si>
     <t>Алмазна мозаїка дівчинка у парку 30*40 см</t>
   </si>
   <si>
     <t>XQB88468</t>
   </si>
   <si>
     <t>1000000048728</t>
   </si>
   <si>
-    <t>Алмазна мозаїка принцеси 30*40 см</t>
-[...5 lines deleted...]
-    <t>1000000048735</t>
+    <t>Алмазна мозаїка Спеції 40*50 см</t>
+  </si>
+  <si>
+    <t>XQA81216</t>
+  </si>
+  <si>
+    <t>000000010008</t>
+  </si>
+  <si>
+    <t>292,10</t>
   </si>
   <si>
     <t>Алмазна мозаїка Букет 40*50 см</t>
   </si>
   <si>
     <t>XQA85967</t>
   </si>
   <si>
     <t>1000000014402</t>
   </si>
   <si>
-    <t>292,10</t>
-[...10 lines deleted...]
-  <si>
     <t>Алмазна мозаїка Морська 21*25 см</t>
   </si>
   <si>
     <t>23-1840</t>
   </si>
   <si>
     <t>1000000018400</t>
   </si>
   <si>
     <t>84,52</t>
   </si>
   <si>
     <t>Алмазна мозаїка Совушка 21*25 см</t>
   </si>
   <si>
     <t>23-1847</t>
   </si>
   <si>
     <t>1000000018479</t>
   </si>
   <si>
     <t>Алмазна мозаїка В Єдності Сила 40*50 см</t>
   </si>
   <si>
     <t>GA84236</t>
@@ -520,59 +475,50 @@
   <si>
     <t>Алмазна мозаїка Маленький Хижак 21*25 см</t>
   </si>
   <si>
     <t>XQX1085</t>
   </si>
   <si>
     <t>1000000014778</t>
   </si>
   <si>
     <t>108,90</t>
   </si>
   <si>
     <t>Алмазна мозаїка Ангелятко і Ягня 30*40 см</t>
   </si>
   <si>
     <t>XQB85947</t>
   </si>
   <si>
     <t>1000000014211</t>
   </si>
   <si>
     <t>227,47</t>
   </si>
   <si>
-    <t>Алмазна мозаїка Новорічна Казка 30*40 см</t>
-[...7 lines deleted...]
-  <si>
     <t>Алмазна мозаїка Месники 30*40 см</t>
   </si>
   <si>
     <t>XQB85957</t>
   </si>
   <si>
     <t>1000000014310</t>
   </si>
   <si>
     <t>Алмазна мозаїка Залізна Людина 30*40 см</t>
   </si>
   <si>
     <t>XQB85936</t>
   </si>
   <si>
     <t>1000000014105</t>
   </si>
   <si>
     <t>Алмазна мозаїка Веселощі 30*40 см</t>
   </si>
   <si>
     <t>XQB85954</t>
   </si>
   <si>
     <t>1000000014280</t>
@@ -664,264 +610,228 @@
   <si>
     <t>XQA85990</t>
   </si>
   <si>
     <t>1000000014648</t>
   </si>
   <si>
     <t>Алмазна мозаїка Два Папуги 40*50 см</t>
   </si>
   <si>
     <t>XQA85963</t>
   </si>
   <si>
     <t>1000000014365</t>
   </si>
   <si>
     <t>Алмазна мозаїка Вільна Україна 40*50 см</t>
   </si>
   <si>
     <t>GA84237</t>
   </si>
   <si>
     <t>000000009903</t>
   </si>
   <si>
+    <t>Алмазна мозаїка Молитва 30*40 см</t>
+  </si>
+  <si>
+    <t>XQB75937</t>
+  </si>
+  <si>
+    <t>1000000005387</t>
+  </si>
+  <si>
+    <t>Алмазна мозаїка Ейфелева вежа та Дівчина 40*50 см</t>
+  </si>
+  <si>
+    <t>XQA85983</t>
+  </si>
+  <si>
+    <t>1000000014563</t>
+  </si>
+  <si>
+    <t>Алмазна мозаїка Свята Покрова 40*50 см</t>
+  </si>
+  <si>
+    <t>XQA85998</t>
+  </si>
+  <si>
+    <t>1000000004762</t>
+  </si>
+  <si>
+    <t>Алмазна мозаїка Богородиця з Ісусом 40*50 см</t>
+  </si>
+  <si>
+    <t>XQA75445</t>
+  </si>
+  <si>
+    <t>1000000006032</t>
+  </si>
+  <si>
+    <t>Алмазна мозаїка Нев'янучий Колір 30*40 см</t>
+  </si>
+  <si>
+    <t>XQB72619</t>
+  </si>
+  <si>
+    <t>1000000005271</t>
+  </si>
+  <si>
+    <t>Алмазна мозаїка ікона Богородиця з Ісусом 30*40 см</t>
+  </si>
+  <si>
+    <t>XQB75445</t>
+  </si>
+  <si>
+    <t>1000000014297</t>
+  </si>
+  <si>
     <t>Алмазна мозаїка ікона Казанська Пресвятої Богородиці 30*40 см</t>
   </si>
   <si>
     <t>XQB85956</t>
   </si>
   <si>
     <t>1000000005264</t>
   </si>
   <si>
-    <t>Алмазна мозаїка Таємна Вечірка срібло 30*40 см</t>
-[...97 lines deleted...]
-  <si>
     <t>Алмазна мозаїка Дівчина та Піаніно 40*50 см</t>
   </si>
   <si>
     <t>XQA85994</t>
   </si>
   <si>
     <t>1000000014686</t>
   </si>
   <si>
+    <t>Алмазна мозаїка На Щастя з лелеками 40*50 см</t>
+  </si>
+  <si>
+    <t>GA84228</t>
+  </si>
+  <si>
+    <t>000000009811</t>
+  </si>
+  <si>
+    <t>Алмазна мозаїка ікона Микола Чудотворець 30*40 см</t>
+  </si>
+  <si>
+    <t>XQB72604</t>
+  </si>
+  <si>
+    <t>1000000005301</t>
+  </si>
+  <si>
+    <t>Алмазна мозаїка Кошик з Журавлиною 40*50 см</t>
+  </si>
+  <si>
+    <t>XQA85961</t>
+  </si>
+  <si>
+    <t>1000000014723</t>
+  </si>
+  <si>
+    <t>Алмазна мозаїка Святий Миколай Чудотворець 40*50 см</t>
+  </si>
+  <si>
+    <t>XQA73527</t>
+  </si>
+  <si>
+    <t>1000000006025</t>
+  </si>
+  <si>
+    <t>Алмазна мозаїка Рожевий Замок 30*40 см</t>
+  </si>
+  <si>
+    <t>XQB85938</t>
+  </si>
+  <si>
+    <t>1000000014129</t>
+  </si>
+  <si>
     <t>Алмазна мозаїка Єдиноріг Рожевий 21*25 см</t>
   </si>
   <si>
     <t>XQX20815</t>
   </si>
   <si>
     <t>1000000018455</t>
   </si>
   <si>
-    <t>Алмазна мозаїка Святий Миколай Чудотворець 40*50 см</t>
-[...34 lines deleted...]
-  <si>
     <t>Алмазна мозаїка ікона Казанська Богоматір 40*50 см</t>
   </si>
   <si>
     <t>XQA73561</t>
   </si>
   <si>
     <t>1000000014709</t>
   </si>
   <si>
     <t>Алмазна мозаїка Букет та Шампанське 40*50 см</t>
   </si>
   <si>
     <t>XQA85960</t>
   </si>
   <si>
     <t>1000000014341</t>
   </si>
   <si>
+    <t>Алмазна мозаїка Господь Вседержитель 30*40 см</t>
+  </si>
+  <si>
+    <t>XQB75151</t>
+  </si>
+  <si>
+    <t>1000000005288</t>
+  </si>
+  <si>
+    <t>Алмазна мозаїка Нев'янучий Колір 40*50 см</t>
+  </si>
+  <si>
+    <t>XQA72619</t>
+  </si>
+  <si>
+    <t>1000000048315</t>
+  </si>
+  <si>
     <t>Алмазна мозаїка Молитва Будинку 40*50 см</t>
   </si>
   <si>
     <t>XQA86137</t>
   </si>
   <si>
     <t>1000000004748</t>
   </si>
   <si>
     <t>Алмазна мозаїка Микола Чудотворець 30*40 см</t>
   </si>
   <si>
     <t>XQB73527</t>
   </si>
   <si>
     <t>1000000005363</t>
-  </si>
-[...16 lines deleted...]
-    <t>1000000048315</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF1315F0"/>
       <name val="Calibri"/>
@@ -987,51 +897,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66d13788e45d7412f641497641481a3e1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c689a6f065ab91706dfdb75ac054fea2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a6d151e7bdf8e14504553c456a40f363.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3cef03b2e7b8062a0a146959407f9304.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6335cd6606e8c8b691bc20dc4ebda55.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44244420f98d341886cf1a37001893cd6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0c9faf5696d6f2f0354fc5f685a61657.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95cf5a9e7b29b840846c745419497d208.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf532277a193964c4c71a750ddcfbbe9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77e7de7e97c1eef8277116f51dba1e1c10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5f5aaf1d5d0a3e5a748527fbdfd5c7d11.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324add0d8077869d1a7340a8409c3db512.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c083cb12e621b773d8cff9f1315a6dd13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdf8872a26acddc38da909709e79e7ef14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6bb0d15f57e7272895f8febc025ad1e15.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec7b11577abee8763d7a09fa626f613816.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93f1cd63e11d367f1411c964f3ca718317.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14126cdfec471d3d3e7c4cc55d07dec18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cb4e7e8dc4ddb2ea3b5f1f7f3cceaf019.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e3492f7bf775940cc4a4ad80180acff20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dcc6687664c4ad0aa7bac421462d2e721.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/367460f8a87e23c91cf60e0a9f351eff22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0d9ff55dcf5ec6937ece53219b187423.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45034f79d20098315238fbfa6b875ae224.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0820beb753bb322af3f09323a087d68f25.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc46978883b507b370fff85550fa71eb26.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75a90e1052a07f60bf12049b1d29cbac27.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3600cbbfc57c041491de9495409850a28.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd6cdc7bade4a450f73e3751127bb8d929.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d34e929fa95da920195d9b8c6aa48bb30.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70319b8f04fbb03e901f40d84c59acc931.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5f822dadb1b0371816e985eaff2687e32.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f807a40508711441d3fd93131b40ef2433.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ce453ee44798d152d82016bec376f234.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2560fb45fb7310a851d7c7ff639d67a235.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d02bd3fa61031a9feb56facb40d523336.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9ad6d5c378b4f86c8a589f12d6ed5e037.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6435f2f721bf8c46e4f9698309341f838.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11fe2c1252ac8432c10fbd60d11986c339.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08ecda4365c20ef74154d5357a1a03740.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b22dd697f565027f880d5ce4c55f8df541.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53322e40ee60cf74c3e8314bc8b20c6a42.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6429260a8fa299353285296d04accc7743.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f39b322705c732f92090604d20fbd0344.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0368e4d3fdd9a49cffebd7044b811a7245.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cd5d133a4e17ee88ba787ca6af772f646.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d14fa9eb3eddf9b70c23e164529d997f47.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f40debe119edda2b0728d31f012e239248.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da5219bb2a97fb1679bc370d7073369249.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f955d8244e0c1306400685b9b859623d50.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533753ab62a0e2f5901807e7079729eb51.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df41b072f62faa38be67b5fd01695dad52.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f7f3f57e1a0df57eab283c4eb65fa2a53.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e303dc165321722b2e97c405132f2e554.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12c78b5eaa07f4054aef42c3f63ad9f55.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7908a19e510b9d912abc8ffc6450da2d56.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6b78d68450377d14d336132e084679157.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a686df8175099535e9f528869919511558.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60deddb7376601965a504e49e2eae0f159.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a7f1005a2dcfa38d276b46a663dc88c60.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed8f35f6a9ef159f1005b948b82696e561.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23f514eae35f9cc1dbc7ccc44e6909ad62.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c40e09a415b720f66b3f8a024f04e663.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b91357c14846300852a4d88d839e57b664.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0dcf126b7d4b37b1509b20dfb5eb9e765.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e50c389a6124478c5bb8dfe01bd9f8366.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cbb5add507e5c42dd38e68eaba94fb767.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dcb4bc1a581ec3717d171e07914920e68.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b18a262e8723f1eb19590d10685c8a1169.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33db834ec870a3f3fb50a02aa730057170.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aea73bc1b5cddbe9f1fd55105fc7e19171.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fe2b0b233046bfe83b50cd9601883f472.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88c27a9967950909d74a636f944c2e0c73.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c34c6ea1dedcf1d22dacdd8495e0688a74.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faad6b2313881e708624bb48b44396f075.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfa74574cfe64a91b787e46f7fc781776.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abec06c6a2bf90f0fcd89f0c0b3af79177.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb42d9967e49576fef003347d2b6ac7778.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b3f861bd194210604c9172e688f0ed79.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/353e6255b5b8adbc03090039b807c77780.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fb8fe973aaa2674fb9b8f000c25404c81.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9e50096cc09f426472005b2ad95183982.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfaeb07a939052894ca623d8fdfbf3c83.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3ae00dd48c452d89945ecb84222e96184.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98c54d654011bc0384583174561b70285.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b84cc867354273d928c61d3c766bb4e486.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d3805d88465057ee0a1c1620f5a22a687.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df944cc1518acf5a46b346b7783be3d488.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7a6caa5ca1db9065a00925f670d9a2b89.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7784d02a1cc76f77f469dbf4825c26ab1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2326f4b927dc31953cda1db155bc57072.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05b4202fde2814e0ec02e2415c87cdd13.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/288d655dbfe4f05e801c08a287c3625f4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a465e3d3f6f2de371391a0cbb6c6ac425.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6bc89af2eaa57a662bed0c99b1f38296.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0749e9b0f506313955be4b9946a7d1b7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4430a08002ac9e312b40d8a61249bc328.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fc6ec123de5e3794746cf1d79a3ca6a9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b17fac19b90e8a2a4c2095c517f7e9010.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87486916c26c0a41ce2c2071e442ea5b11.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3194ef7a392686f451f538db60ddfcf412.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec1bc41b8b05dd78669c043e6a4c577f13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f9ddbad045f8cf2224c946a2bcc792b14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226e0b0e1f935b348bf3325278e332bc15.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9923136e5b42445869f76b7b54ca228316.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec6a7006cde4c644c5f22021a00e554f17.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cee3e8d3a65424e84aa889a11b96af118.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e358a03c926d5e2d4b213941deb60c7b19.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe76be30cf5ebb49422b69f517c38e9620.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a06a911cf4491af53be7e22a5cee789a21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39117f658470551927018f153412cc5922.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91033b747b7184e72c7c72fcb414a21423.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/190f93bb941449017d9e55726cf51f6a24.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcf6bb3bde6d7a189a8e77d2eda8806225.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc1ee217b863f7d9f589b5dc9da7a4de26.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5ba5dc534344df430c462c76548f8c627.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c65956bfabcd6f50d76fe29744a8ac28.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85584ad3a320c408f44bbe2e3baa4a929.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fc9a5add8330c46ff97033343304ba530.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5898237ef24171ac141e50156c600e1031.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b772d0934566004094512522b3df1b3a32.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab39219ce1c44cb9bf54f2e03ae4c00533.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b27f0e8f35c7e00f82df3f0321a8a8e134.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4362be3a658cdc79ff3f05267b8eb8de35.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5ed09606926cb9ba8ab73b098fd60c36.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17900468aeb818c9a8bfee637b9100f737.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24960582ccf1032375bd3052832cb33a38.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb9d38623b1637cee14e90f8195e3e1839.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be276b0277178f16308285b765b3d31040.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76800e3d3d26da1bf7edb432d9f3c7ad41.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7dbe69dc95f9750f7212e808f4fad2642.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f107f2512bd6549fa08c73d2ea6d707743.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/679022e2c27847788d121ac3044a18b544.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667a3c0e1f483ec8afbef520e1a93e1a45.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54a4197561cae5b16a7f3c533cbbecde46.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bb9a35b4de10c2d8aedb4239257720f47.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b99149cbd7fa288f9d39d3d2b75f17eb48.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a21d4e03963122e00726179834d2b3d649.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6570648003f9b89d110911ccaabbe9b50.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b7ad384732c4b428bb00755dc46a88a51.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f077ee6a8621077a03ce97869eca25df52.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0653816922f0e35a04c06688cc017a53.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e51dc3937bcccaea6fe3dc9a4a3860b954.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cdee077706d171ab06cdf5f9a17323d55.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911e9bed72af8f6fe49731976a8ecf4b56.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d06e53b70a6d257a94f51048d2a766cb57.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe46aeb298d87bfc55f74edaa197765c58.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac81b39c563a26f6a5237e6b35d55e4659.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4db1b63261e21e6df8f9397399287cb60.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4643e98de9795e7690b3ff8af1fc014361.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c15313256b579a2914e8bac2083e52d62.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72aef407409c8bbb071f10077a7e69bb63.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc883015808247a7a0848b462ba82a5264.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fff38d46f627f5879e5c80ba634d11065.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1772752e4b4e5df125156a66542f5c366.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ceeb9da267b137f835ea5bd7133ed1c67.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d41c199fad63743a10933805e5d244a68.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09377d9500ad956daeb89df2f0dee67469.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/891b23baa75e7ab82f0862e4920e26c470.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5dfc27fdc506692e8d4651daded057a71.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05f20788e798ebe924019a5a2d2bbebd72.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bbad44e1fe0ce583ee05276d00bbb2573.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1093db609d21570cfcecef175f2c602874.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ed93b761545eeddb0649b3cc3e0e25b75.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/132c357efe8e20930dd0756d7855589d76.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0e232a9d96919e13cb6ca18be3feb0677.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b12f7cf0a86faf856defb8cfc16dee5978.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd7640c57fdd26ff14d5caa0fdaa56279.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3349,350 +3259,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>84</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="79" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
-        <a:stretch>
-[...298 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3959,51 +3569,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/15/almazna-mozaika-optom/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K95"/>
+  <dimension ref="A1:K85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="28" customWidth="true" style="4"/>
     <col min="1" max="1" width="19" customWidth="true" style="0"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -4506,1221 +4116,1041 @@
       <c r="D29" t="s">
         <v>84</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F29" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="71">
       <c r="A30"/>
       <c r="B30" t="s">
         <v>85</v>
       </c>
       <c r="C30" t="s">
         <v>86</v>
       </c>
       <c r="D30" t="s">
         <v>87</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F30" t="s">
-        <v>18</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:11" customHeight="1" ht="71">
       <c r="A31"/>
       <c r="B31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C31" t="s">
+        <v>90</v>
+      </c>
+      <c r="D31" t="s">
+        <v>91</v>
+      </c>
+      <c r="E31" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F31" t="s">
         <v>88</v>
-      </c>
-[...10 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:11" customHeight="1" ht="71">
       <c r="A32"/>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F32" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
     </row>
     <row r="33" spans="1:11" customHeight="1" ht="71">
       <c r="A33"/>
       <c r="B33" t="s">
         <v>95</v>
       </c>
       <c r="C33" t="s">
         <v>96</v>
       </c>
       <c r="D33" t="s">
         <v>97</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F33" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
     </row>
     <row r="34" spans="1:11" customHeight="1" ht="71">
       <c r="A34"/>
       <c r="B34" t="s">
         <v>98</v>
       </c>
       <c r="C34" t="s">
         <v>99</v>
       </c>
       <c r="D34" t="s">
         <v>100</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F34" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
     </row>
     <row r="35" spans="1:11" customHeight="1" ht="71">
       <c r="A35"/>
       <c r="B35" t="s">
         <v>101</v>
       </c>
       <c r="C35" t="s">
         <v>102</v>
       </c>
       <c r="D35" t="s">
         <v>103</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F35" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
     </row>
     <row r="36" spans="1:11" customHeight="1" ht="71">
       <c r="A36"/>
       <c r="B36" t="s">
         <v>104</v>
       </c>
       <c r="C36" t="s">
         <v>105</v>
       </c>
       <c r="D36" t="s">
         <v>106</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F36" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:11" customHeight="1" ht="71">
       <c r="A37"/>
       <c r="B37" t="s">
+        <v>108</v>
+      </c>
+      <c r="C37" t="s">
+        <v>109</v>
+      </c>
+      <c r="D37" t="s">
+        <v>110</v>
+      </c>
+      <c r="E37" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F37" t="s">
         <v>107</v>
-      </c>
-[...10 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="38" spans="1:11" customHeight="1" ht="71">
       <c r="A38"/>
       <c r="B38" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C38" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D38" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F38" t="s">
-        <v>94</v>
+        <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:11" customHeight="1" ht="71">
       <c r="A39"/>
       <c r="B39" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C39" t="s">
+        <v>116</v>
+      </c>
+      <c r="D39" t="s">
+        <v>117</v>
+      </c>
+      <c r="E39" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F39" t="s">
         <v>114</v>
-      </c>
-[...7 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="40" spans="1:11" customHeight="1" ht="71">
       <c r="A40"/>
       <c r="B40" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C40" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D40" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F40" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
     </row>
     <row r="41" spans="1:11" customHeight="1" ht="71">
       <c r="A41"/>
       <c r="B41" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C41" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D41" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F41" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="42" spans="1:11" customHeight="1" ht="71">
       <c r="A42"/>
       <c r="B42" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C42" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D42" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E42" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F42" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="43" spans="1:11" customHeight="1" ht="71">
       <c r="A43"/>
       <c r="B43" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C43" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D43" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F43" t="s">
-        <v>129</v>
+        <v>107</v>
       </c>
     </row>
     <row r="44" spans="1:11" customHeight="1" ht="71">
       <c r="A44"/>
       <c r="B44" t="s">
         <v>130</v>
       </c>
       <c r="C44" t="s">
         <v>131</v>
       </c>
       <c r="D44" t="s">
         <v>132</v>
       </c>
       <c r="E44" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F44" t="s">
-        <v>129</v>
+        <v>107</v>
       </c>
     </row>
     <row r="45" spans="1:11" customHeight="1" ht="71">
       <c r="A45"/>
       <c r="B45" t="s">
         <v>133</v>
       </c>
       <c r="C45" t="s">
         <v>134</v>
       </c>
       <c r="D45" t="s">
         <v>135</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F45" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="46" spans="1:11" customHeight="1" ht="71">
       <c r="A46"/>
       <c r="B46" t="s">
         <v>136</v>
       </c>
       <c r="C46" t="s">
         <v>137</v>
       </c>
       <c r="D46" t="s">
         <v>138</v>
       </c>
       <c r="E46" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F46" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="47" spans="1:11" customHeight="1" ht="71">
       <c r="A47"/>
       <c r="B47" t="s">
         <v>139</v>
       </c>
       <c r="C47" t="s">
         <v>140</v>
       </c>
       <c r="D47" t="s">
         <v>141</v>
       </c>
       <c r="E47" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F47" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="48" spans="1:11" customHeight="1" ht="71">
       <c r="A48"/>
       <c r="B48" t="s">
         <v>142</v>
       </c>
       <c r="C48" t="s">
         <v>143</v>
       </c>
       <c r="D48" t="s">
         <v>144</v>
       </c>
       <c r="E48" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F48" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="49" spans="1:11" customHeight="1" ht="71">
       <c r="A49"/>
       <c r="B49" t="s">
         <v>145</v>
       </c>
       <c r="C49" t="s">
         <v>146</v>
       </c>
       <c r="D49" t="s">
         <v>147</v>
       </c>
       <c r="E49" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F49" t="s">
-        <v>122</v>
+        <v>148</v>
       </c>
     </row>
     <row r="50" spans="1:11" customHeight="1" ht="71">
       <c r="A50"/>
       <c r="B50" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C50" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D50" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E50" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F50" t="s">
-        <v>122</v>
+        <v>152</v>
       </c>
     </row>
     <row r="51" spans="1:11" customHeight="1" ht="71">
       <c r="A51"/>
       <c r="B51" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C51" t="s">
+        <v>154</v>
+      </c>
+      <c r="D51" t="s">
+        <v>155</v>
+      </c>
+      <c r="E51" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F51" t="s">
         <v>152</v>
-      </c>
-[...7 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="52" spans="1:11" customHeight="1" ht="71">
       <c r="A52"/>
       <c r="B52" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C52" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D52" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="E52" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F52" t="s">
-        <v>122</v>
+        <v>152</v>
       </c>
     </row>
     <row r="53" spans="1:11" customHeight="1" ht="71">
       <c r="A53"/>
       <c r="B53" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C53" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D53" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E53" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F53" t="s">
-        <v>122</v>
+        <v>152</v>
       </c>
     </row>
     <row r="54" spans="1:11" customHeight="1" ht="71">
       <c r="A54"/>
       <c r="B54" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C54" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D54" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E54" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F54" t="s">
-        <v>163</v>
+        <v>107</v>
       </c>
     </row>
     <row r="55" spans="1:11" customHeight="1" ht="71">
       <c r="A55"/>
       <c r="B55" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C55" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D55" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E55" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F55" t="s">
-        <v>167</v>
+        <v>107</v>
       </c>
     </row>
     <row r="56" spans="1:11" customHeight="1" ht="71">
       <c r="A56"/>
       <c r="B56" t="s">
         <v>168</v>
       </c>
       <c r="C56" t="s">
         <v>169</v>
       </c>
       <c r="D56" t="s">
         <v>170</v>
       </c>
       <c r="E56" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F56" t="s">
-        <v>167</v>
+        <v>107</v>
       </c>
     </row>
     <row r="57" spans="1:11" customHeight="1" ht="71">
       <c r="A57"/>
       <c r="B57" t="s">
         <v>171</v>
       </c>
       <c r="C57" t="s">
         <v>172</v>
       </c>
       <c r="D57" t="s">
         <v>173</v>
       </c>
       <c r="E57" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F57" t="s">
-        <v>167</v>
+        <v>107</v>
       </c>
     </row>
     <row r="58" spans="1:11" customHeight="1" ht="71">
       <c r="A58"/>
       <c r="B58" t="s">
         <v>174</v>
       </c>
       <c r="C58" t="s">
         <v>175</v>
       </c>
       <c r="D58" t="s">
         <v>176</v>
       </c>
       <c r="E58" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F58" t="s">
-        <v>167</v>
+        <v>107</v>
       </c>
     </row>
     <row r="59" spans="1:11" customHeight="1" ht="71">
       <c r="A59"/>
       <c r="B59" t="s">
         <v>177</v>
       </c>
       <c r="C59" t="s">
         <v>178</v>
       </c>
       <c r="D59" t="s">
         <v>179</v>
       </c>
       <c r="E59" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F59" t="s">
-        <v>167</v>
+        <v>107</v>
       </c>
     </row>
     <row r="60" spans="1:11" customHeight="1" ht="71">
       <c r="A60"/>
       <c r="B60" t="s">
         <v>180</v>
       </c>
       <c r="C60" t="s">
         <v>181</v>
       </c>
       <c r="D60" t="s">
         <v>182</v>
       </c>
       <c r="E60" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F60" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="61" spans="1:11" customHeight="1" ht="71">
       <c r="A61"/>
       <c r="B61" t="s">
         <v>183</v>
       </c>
       <c r="C61" t="s">
         <v>184</v>
       </c>
       <c r="D61" t="s">
         <v>185</v>
       </c>
       <c r="E61" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F61" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="62" spans="1:11" customHeight="1" ht="71">
       <c r="A62"/>
       <c r="B62" t="s">
         <v>186</v>
       </c>
       <c r="C62" t="s">
         <v>187</v>
       </c>
       <c r="D62" t="s">
         <v>188</v>
       </c>
       <c r="E62" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F62" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="63" spans="1:11" customHeight="1" ht="71">
       <c r="A63"/>
       <c r="B63" t="s">
         <v>189</v>
       </c>
       <c r="C63" t="s">
         <v>190</v>
       </c>
       <c r="D63" t="s">
         <v>191</v>
       </c>
       <c r="E63" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F63" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="64" spans="1:11" customHeight="1" ht="71">
       <c r="A64"/>
       <c r="B64" t="s">
         <v>192</v>
       </c>
       <c r="C64" t="s">
         <v>193</v>
       </c>
       <c r="D64" t="s">
         <v>194</v>
       </c>
       <c r="E64" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F64" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="65" spans="1:11" customHeight="1" ht="71">
       <c r="A65"/>
       <c r="B65" t="s">
         <v>195</v>
       </c>
       <c r="C65" t="s">
         <v>196</v>
       </c>
       <c r="D65" t="s">
         <v>197</v>
       </c>
       <c r="E65" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F65" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="66" spans="1:11" customHeight="1" ht="71">
       <c r="A66"/>
       <c r="B66" t="s">
         <v>198</v>
       </c>
       <c r="C66" t="s">
         <v>199</v>
       </c>
       <c r="D66" t="s">
         <v>200</v>
       </c>
       <c r="E66" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F66" t="s">
-        <v>122</v>
+        <v>152</v>
       </c>
     </row>
     <row r="67" spans="1:11" customHeight="1" ht="71">
       <c r="A67"/>
       <c r="B67" t="s">
         <v>201</v>
       </c>
       <c r="C67" t="s">
         <v>202</v>
       </c>
       <c r="D67" t="s">
         <v>203</v>
       </c>
       <c r="E67" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F67" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="68" spans="1:11" customHeight="1" ht="71">
       <c r="A68"/>
       <c r="B68" t="s">
         <v>204</v>
       </c>
       <c r="C68" t="s">
         <v>205</v>
       </c>
       <c r="D68" t="s">
         <v>206</v>
       </c>
       <c r="E68" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F68" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="69" spans="1:11" customHeight="1" ht="71">
       <c r="A69"/>
       <c r="B69" t="s">
         <v>207</v>
       </c>
       <c r="C69" t="s">
         <v>208</v>
       </c>
       <c r="D69" t="s">
         <v>209</v>
       </c>
       <c r="E69" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F69" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="70" spans="1:11" customHeight="1" ht="71">
       <c r="A70"/>
       <c r="B70" t="s">
         <v>210</v>
       </c>
       <c r="C70" t="s">
         <v>211</v>
       </c>
       <c r="D70" t="s">
         <v>212</v>
       </c>
       <c r="E70" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F70" t="s">
-        <v>122</v>
+        <v>152</v>
       </c>
     </row>
     <row r="71" spans="1:11" customHeight="1" ht="71">
       <c r="A71"/>
       <c r="B71" t="s">
         <v>213</v>
       </c>
       <c r="C71" t="s">
         <v>214</v>
       </c>
       <c r="D71" t="s">
         <v>215</v>
       </c>
       <c r="E71" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F71" t="s">
-        <v>122</v>
+        <v>152</v>
       </c>
     </row>
     <row r="72" spans="1:11" customHeight="1" ht="71">
       <c r="A72"/>
       <c r="B72" t="s">
         <v>216</v>
       </c>
       <c r="C72" t="s">
         <v>217</v>
       </c>
       <c r="D72" t="s">
         <v>218</v>
       </c>
       <c r="E72" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F72" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
     </row>
     <row r="73" spans="1:11" customHeight="1" ht="71">
       <c r="A73"/>
       <c r="B73" t="s">
         <v>219</v>
       </c>
       <c r="C73" t="s">
         <v>220</v>
       </c>
       <c r="D73" t="s">
         <v>221</v>
       </c>
       <c r="E73" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F73" t="s">
-        <v>167</v>
+        <v>107</v>
       </c>
     </row>
     <row r="74" spans="1:11" customHeight="1" ht="71">
       <c r="A74"/>
       <c r="B74" t="s">
         <v>222</v>
       </c>
       <c r="C74" t="s">
         <v>223</v>
       </c>
       <c r="D74" t="s">
         <v>224</v>
       </c>
       <c r="E74" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F74" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="75" spans="1:11" customHeight="1" ht="71">
       <c r="A75"/>
       <c r="B75" t="s">
         <v>225</v>
       </c>
       <c r="C75" t="s">
         <v>226</v>
       </c>
       <c r="D75" t="s">
         <v>227</v>
       </c>
       <c r="E75" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F75" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
     </row>
     <row r="76" spans="1:11" customHeight="1" ht="71">
       <c r="A76"/>
       <c r="B76" t="s">
         <v>228</v>
       </c>
       <c r="C76" t="s">
         <v>229</v>
       </c>
       <c r="D76" t="s">
         <v>230</v>
       </c>
       <c r="E76" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F76" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="77" spans="1:11" customHeight="1" ht="71">
       <c r="A77"/>
       <c r="B77" t="s">
         <v>231</v>
       </c>
       <c r="C77" t="s">
         <v>232</v>
       </c>
       <c r="D77" t="s">
         <v>233</v>
       </c>
       <c r="E77" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F77" t="s">
-        <v>167</v>
+        <v>107</v>
       </c>
     </row>
     <row r="78" spans="1:11" customHeight="1" ht="71">
       <c r="A78"/>
       <c r="B78" t="s">
         <v>234</v>
       </c>
       <c r="C78" t="s">
         <v>235</v>
       </c>
       <c r="D78" t="s">
         <v>236</v>
       </c>
       <c r="E78" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F78" t="s">
-        <v>122</v>
+        <v>152</v>
       </c>
     </row>
     <row r="79" spans="1:11" customHeight="1" ht="71">
       <c r="A79"/>
       <c r="B79" t="s">
         <v>237</v>
       </c>
       <c r="C79" t="s">
         <v>238</v>
       </c>
       <c r="D79" t="s">
         <v>239</v>
       </c>
       <c r="E79" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F79" t="s">
-        <v>167</v>
+        <v>148</v>
       </c>
     </row>
     <row r="80" spans="1:11" customHeight="1" ht="71">
       <c r="A80"/>
       <c r="B80" t="s">
         <v>240</v>
       </c>
       <c r="C80" t="s">
         <v>241</v>
       </c>
       <c r="D80" t="s">
         <v>242</v>
       </c>
       <c r="E80" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F80" t="s">
-        <v>167</v>
+        <v>107</v>
       </c>
     </row>
     <row r="81" spans="1:11" customHeight="1" ht="71">
       <c r="A81"/>
       <c r="B81" t="s">
         <v>243</v>
       </c>
       <c r="C81" t="s">
         <v>244</v>
       </c>
       <c r="D81" t="s">
         <v>245</v>
       </c>
       <c r="E81" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F81" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="82" spans="1:11" customHeight="1" ht="71">
       <c r="A82"/>
       <c r="B82" t="s">
         <v>246</v>
       </c>
       <c r="C82" t="s">
         <v>247</v>
       </c>
       <c r="D82" t="s">
         <v>248</v>
       </c>
       <c r="E82" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F82" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
     </row>
     <row r="83" spans="1:11" customHeight="1" ht="71">
       <c r="A83"/>
       <c r="B83" t="s">
         <v>249</v>
       </c>
       <c r="C83" t="s">
         <v>250</v>
       </c>
       <c r="D83" t="s">
         <v>251</v>
       </c>
       <c r="E83" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F83" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="84" spans="1:11" customHeight="1" ht="71">
       <c r="A84"/>
       <c r="B84" t="s">
         <v>252</v>
       </c>
       <c r="C84" t="s">
         <v>253</v>
       </c>
       <c r="D84" t="s">
         <v>254</v>
       </c>
       <c r="E84" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F84" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
     </row>
     <row r="85" spans="1:11" customHeight="1" ht="71">
       <c r="A85"/>
       <c r="B85" t="s">
         <v>255</v>
       </c>
       <c r="C85" t="s">
         <v>256</v>
       </c>
       <c r="D85" t="s">
         <v>257</v>
       </c>
       <c r="E85" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F85" t="s">
-        <v>163</v>
-[...179 lines deleted...]
-        <v>122</v>
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 