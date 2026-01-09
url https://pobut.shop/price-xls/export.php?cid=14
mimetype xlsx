--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -14,154 +14,121 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Резинки для плетіння</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>04:17</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
     <t>Резинки для плетіння в асортименті</t>
   </si>
   <si>
     <t>23-129</t>
   </si>
   <si>
     <t>1000000001297</t>
   </si>
   <si>
     <t>шт.</t>
   </si>
   <si>
     <t>34,75</t>
   </si>
   <si>
-    <t>Бісер для плетіння браслетів Капібара 20 см</t>
-[...19 lines deleted...]
-  <si>
     <t>Бісер для плетіння браслетів Аніме з фігуркою</t>
   </si>
   <si>
     <t>23-5283</t>
   </si>
   <si>
     <t>1000000052831</t>
   </si>
   <si>
     <t>57,55</t>
   </si>
   <si>
-    <t>Набір гумок для плетіння Яблуко 12 см</t>
-[...10 lines deleted...]
-  <si>
     <t>Бісер для плетіння браслетів Перли 23 см</t>
   </si>
   <si>
     <t>23-4680</t>
   </si>
   <si>
     <t>1000000046809</t>
   </si>
   <si>
     <t>155,25</t>
   </si>
   <si>
     <t>Бісер для плетіння браслетів Піксель 22,5 см</t>
   </si>
   <si>
     <t>23-4682</t>
   </si>
   <si>
     <t>1000000046823</t>
   </si>
   <si>
     <t>161,00</t>
   </si>
   <si>
     <t>Бісер для плетіння браслетів Соти 20 см</t>
@@ -229,62 +196,50 @@
   <si>
     <t>1000000046748</t>
   </si>
   <si>
     <t>Бісер для плетіння браслетів Бузок 20 см</t>
   </si>
   <si>
     <t>23-4675</t>
   </si>
   <si>
     <t>1000000046755</t>
   </si>
   <si>
     <t>Бісер для плетіння браслетів Ретро 19 см</t>
   </si>
   <si>
     <t>23-4672</t>
   </si>
   <si>
     <t>1000000046724</t>
   </si>
   <si>
     <t>109,25</t>
   </si>
   <si>
-    <t>Бісер для плетіння браслетів Планета 17 см</t>
-[...10 lines deleted...]
-  <si>
     <t>Бісер для плетіння браслетів Яблуко 17 см</t>
   </si>
   <si>
     <t>23-4670</t>
   </si>
   <si>
     <t>1000000046700</t>
   </si>
   <si>
     <t>51,75</t>
   </si>
   <si>
     <t>Бісер для плетіння браслетів Ромашка 8 см</t>
   </si>
   <si>
     <t>23-4668</t>
   </si>
   <si>
     <t>1000000046687</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 10 шт..</t>
   </si>
   <si>
     <t>276,00</t>
@@ -301,62 +256,50 @@
   <si>
     <t>48,30</t>
   </si>
   <si>
     <t>Бісер для плетіння браслетів Блискуча 13 см</t>
   </si>
   <si>
     <t>23-4654</t>
   </si>
   <si>
     <t>1000000046540</t>
   </si>
   <si>
     <t>78,20</t>
   </si>
   <si>
     <t>Бісер для плетіння браслетів Бусинка 23 см</t>
   </si>
   <si>
     <t>23-4681</t>
   </si>
   <si>
     <t>1000000046816</t>
   </si>
   <si>
-    <t>Бісер для плетіння браслетів Серце 20 см</t>
-[...10 lines deleted...]
-  <si>
     <t>Бісер для плетіння браслетів Перо 22,5 см</t>
   </si>
   <si>
     <t>23-4656</t>
   </si>
   <si>
     <t>1000000046564</t>
   </si>
   <si>
     <t>Бісер для плетіння браслетів Кристал 16,5 см</t>
   </si>
   <si>
     <t>23-4657</t>
   </si>
   <si>
     <t>1000000046571</t>
   </si>
   <si>
     <t>164,45</t>
   </si>
   <si>
     <t>Бісер для плетіння браслетів Подвійний 20 см</t>
   </si>
   <si>
     <t>23-4683</t>
@@ -446,62 +389,50 @@
     <t>Набір бісеру та намистин для плетіння браслетів Плетінка 17 см</t>
   </si>
   <si>
     <t>KA-23-635</t>
   </si>
   <si>
     <t>1000000006353</t>
   </si>
   <si>
     <t>162,84</t>
   </si>
   <si>
     <t>Резинки для плетіння різнокольорові</t>
   </si>
   <si>
     <t>KA-23-317</t>
   </si>
   <si>
     <t>1000000003178</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 12 шт..</t>
   </si>
   <si>
     <t>102,12</t>
-  </si>
-[...10 lines deleted...]
-    <t>35,65</t>
   </si>
   <si>
     <t>Набір бісеру для плетіння браслетів Квітка 17 см</t>
   </si>
   <si>
     <t>MA-23-1180</t>
   </si>
   <si>
     <t>1000000011807</t>
   </si>
   <si>
     <t>KA-23-129</t>
   </si>
   <si>
     <t>43,47</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
@@ -582,51 +513,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cae85465d73ab88dc7554a4fee86f8e41.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b5afd0dfcb292ea2dfab184c050315d2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d43488ea9df01e9af2efa2e0d20f3d33.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e7bd00a67f5497003499c8314a8f7bc4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dbb7552eab3b34a08cb76f3581ebc9e5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0850f6da57639baae86a7162f559d22d6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5b7b4844cb896f26b84ce352f1e54a67.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35d7ca996e8f7051f03a0e83b1881c798.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5abc1e917179b3bb298f830a36fd90609.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbf210e9f002991dfb02d196f79bd87610.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e83745a8b9d416f3d32fb64ef72517f211.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e58aa56d6ce2f19679b4caf7b0237b9b12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a55984ca47ccb673ccb1abf3539e740c13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af612197342d23302213cc6fc1b3987714.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0df1255775b8e891bb84a601dee145315.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa220e66b53c941c2494c17377f2c1f416.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1fc28cdb46c8ce5bacc8829b0032a0417.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eae911458909f92d9a038c1860c1d78f18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56aa8e2b0bc8c9eaf1453c25faa3975719.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57138fc0e9102475d9d926eae19c470b20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ec58d5e208039c0802ac5e21db38a1521.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63d4a01d78187642d2d1d4e93c058c8a22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d84ad6052b95181d45ffb960a885f9c23.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a0268022996d48f6ca642870bb3e07c24.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bf339ac0391bd5b82a9aac415ce6eeb25.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4731637207226803f13b44a5013f03eb26.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2f532c52a586e81c30e7b3c65676ac727.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b824e9d1e8a95695dd7a40e2da82bff28.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d259742f80f4dd2287eaad6dd90b459229.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fcf9d193c1bf93f89ea001d8ee8a2de30.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/829ada490252e968a8293907f3b4b62531.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7447430fcfb7737f66a668aa9e6ea9ed32.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3931c0795740aa4656ecd8674e295e6933.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/031a9f0df1f83e93b572fd12f53e0dc134.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84f0bde624194d397595624dad8b7f0535.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d4f6385e9864fd321fa489e324400236.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b39d2422431988c120a5a79b91ff0df37.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92037c9ed28d044806a835b2c9e304621.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94e6dc4bb67f19d99b149da9306779fa2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d04e887fd9c484feef8dd317ddbf0aa3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b695303edffbf1781781b1c3fba1f9a64.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b423061b45be0453208d8e287c25da285.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0128614e3687bf1fd453a70ef494601d6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae3773245bffec3ada169538754756197.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35746c954e3959a23c37b5f97d3a329e8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb0cf002489a730e93d3ad21937770f89.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49b94620eb23d68d8a8da1a7dacfdeea10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/682ab12fd01180430d351f54498e7e8211.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/778abe96114990d607edbba44c04e68312.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1574c7b433549a657465b5934c6436413.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3eefe8fe2c2570aa1c04565e5082e4914.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21cb5a3b101c041b3520a87f970af3c15.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd4df940f299c0bebab846be16c94c0816.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7303d8935cff83c6945f968df48634e817.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b7e0c776832be089792e836a7f17c4a18.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a941507ccbe951908c19b710357a6ad719.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213b178c18f1e953e6a58cb2c633c82e20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578ce34ea7fee40e51c8c2da953c4c8921.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c0cacabb0f4a77998bc2971c6ce07e22.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dcdae1896b3507f229877dd0c69dfe223.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07e1fde48a20942034851ba86594841024.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8eb2e102fe0006ef6eea97e816106d225.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7971de8ac1b5897a334cde4f39873c626.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/043e78e3b745a872e4dc272ffae2afb427.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0c6d60355c37bc342068206fb03692228.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15335ef1aa57e843384c9867f82ea49929.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20e2fbf3a104c20e58690a460fc8c51030.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcd49f8d6af02952bf49e6e2d3cac45d31.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1504,230 +1435,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
-        <a:stretch>
-[...178 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1994,51 +1745,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/14/rezinki-dlya-pletinnya/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K43"/>
+  <dimension ref="A1:K37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="28" customWidth="true" style="4"/>
     <col min="1" max="1" width="19" customWidth="true" style="0"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -2163,663 +1914,555 @@
       <c r="D8" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:11" customHeight="1" ht="71">
       <c r="A9"/>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:11" customHeight="1" ht="71">
       <c r="A10"/>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:11" customHeight="1" ht="71">
       <c r="A11"/>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:11" customHeight="1" ht="71">
       <c r="A12"/>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:11" customHeight="1" ht="71">
       <c r="A13"/>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:11" customHeight="1" ht="71">
       <c r="A14"/>
       <c r="B14" t="s">
+        <v>43</v>
+      </c>
+      <c r="C14" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" t="s">
+        <v>45</v>
+      </c>
+      <c r="E14" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F14" t="s">
         <v>42</v>
-      </c>
-[...10 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:11" customHeight="1" ht="71">
       <c r="A15"/>
       <c r="B15" t="s">
         <v>46</v>
       </c>
       <c r="C15" t="s">
         <v>47</v>
       </c>
       <c r="D15" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F15" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:11" customHeight="1" ht="71">
       <c r="A16"/>
       <c r="B16" t="s">
         <v>50</v>
       </c>
       <c r="C16" t="s">
         <v>51</v>
       </c>
       <c r="D16" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:11" customHeight="1" ht="71">
       <c r="A17"/>
       <c r="B17" t="s">
+        <v>53</v>
+      </c>
+      <c r="C17" t="s">
         <v>54</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>55</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="71">
       <c r="A18"/>
       <c r="B18" t="s">
+        <v>56</v>
+      </c>
+      <c r="C18" t="s">
         <v>57</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>58</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F18" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="71">
       <c r="A19"/>
       <c r="B19" t="s">
+        <v>60</v>
+      </c>
+      <c r="C19" t="s">
         <v>61</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>62</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F19" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:11" customHeight="1" ht="71">
       <c r="A20"/>
       <c r="B20" t="s">
         <v>64</v>
       </c>
       <c r="C20" t="s">
         <v>65</v>
       </c>
       <c r="D20" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="F20" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="71">
       <c r="A21"/>
       <c r="B21" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C21" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D21" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="71">
       <c r="A22"/>
       <c r="B22" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C22" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D22" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="71">
       <c r="A23"/>
       <c r="B23" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C23" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D23" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="71">
       <c r="A24"/>
       <c r="B24" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C24" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D24" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="F24" t="s">
-        <v>83</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="71">
       <c r="A25"/>
       <c r="B25" t="s">
+        <v>83</v>
+      </c>
+      <c r="C25" t="s">
         <v>84</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>85</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F25" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="71">
       <c r="A26"/>
       <c r="B26" t="s">
+        <v>87</v>
+      </c>
+      <c r="C26" t="s">
         <v>88</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>89</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F26" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="71">
       <c r="A27"/>
       <c r="B27" t="s">
+        <v>91</v>
+      </c>
+      <c r="C27" t="s">
         <v>92</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>93</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F27" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:11" customHeight="1" ht="71">
       <c r="A28"/>
       <c r="B28" t="s">
         <v>95</v>
       </c>
       <c r="C28" t="s">
         <v>96</v>
       </c>
       <c r="D28" t="s">
         <v>97</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F28" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="29" spans="1:11" customHeight="1" ht="71">
       <c r="A29"/>
       <c r="B29" t="s">
         <v>99</v>
       </c>
       <c r="C29" t="s">
         <v>100</v>
       </c>
       <c r="D29" t="s">
         <v>101</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F29" t="s">
-        <v>37</v>
+        <v>98</v>
       </c>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="71">
       <c r="A30"/>
       <c r="B30" t="s">
         <v>102</v>
       </c>
       <c r="C30" t="s">
         <v>103</v>
       </c>
       <c r="D30" t="s">
         <v>104</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F30" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
     </row>
     <row r="31" spans="1:11" customHeight="1" ht="71">
       <c r="A31"/>
       <c r="B31" t="s">
+        <v>105</v>
+      </c>
+      <c r="C31" t="s">
         <v>106</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>107</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F31" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="32" spans="1:11" customHeight="1" ht="71">
       <c r="A32"/>
       <c r="B32" t="s">
+        <v>109</v>
+      </c>
+      <c r="C32" t="s">
         <v>110</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>111</v>
       </c>
-      <c r="D32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F32" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
     </row>
     <row r="33" spans="1:11" customHeight="1" ht="71">
       <c r="A33"/>
       <c r="B33" t="s">
+        <v>112</v>
+      </c>
+      <c r="C33" t="s">
+        <v>113</v>
+      </c>
+      <c r="D33" t="s">
         <v>114</v>
       </c>
-      <c r="C33" t="s">
+      <c r="E33" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F33" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="34" spans="1:11" customHeight="1" ht="71">
       <c r="A34"/>
       <c r="B34" t="s">
+        <v>116</v>
+      </c>
+      <c r="C34" t="s">
+        <v>117</v>
+      </c>
+      <c r="D34" t="s">
         <v>118</v>
       </c>
-      <c r="C34" t="s">
+      <c r="E34" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F34" t="s">
         <v>119</v>
-      </c>
-[...7 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="35" spans="1:11" customHeight="1" ht="71">
       <c r="A35"/>
       <c r="B35" t="s">
+        <v>120</v>
+      </c>
+      <c r="C35" t="s">
         <v>121</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>122</v>
       </c>
-      <c r="D35" t="s">
+      <c r="E35" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="E35" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
     </row>
     <row r="36" spans="1:11" customHeight="1" ht="71">
       <c r="A36"/>
       <c r="B36" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C36" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D36" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F36" t="s">
-        <v>127</v>
+        <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:11" customHeight="1" ht="71">
       <c r="A37"/>
       <c r="B37" t="s">
+        <v>14</v>
+      </c>
+      <c r="C37" t="s">
         <v>128</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>16</v>
+      </c>
+      <c r="E37" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F37" t="s">
         <v>129</v>
-      </c>
-[...115 lines deleted...]
-        <v>152</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 