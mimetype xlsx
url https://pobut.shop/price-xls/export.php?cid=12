--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -14,194 +14,152 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Повітряний пластилін оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>04:17</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
+    <t>Повітряний пластилін з 12 кольорів</t>
+  </si>
+  <si>
+    <t>23-139</t>
+  </si>
+  <si>
+    <t>1000000001396</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 12 шт..</t>
+  </si>
+  <si>
+    <t>28,77</t>
+  </si>
+  <si>
     <t>Пластилін з фігурками Квітка 12 кольорів</t>
   </si>
   <si>
     <t>23-4605</t>
   </si>
   <si>
     <t>1000000046052</t>
   </si>
   <si>
-    <t>Продається упаковками. В упаковці: 12 шт..</t>
-[...1 lines deleted...]
-  <si>
     <t>636,98</t>
   </si>
   <si>
     <t>Пластилін з фігурками Качка 12 кольорів</t>
   </si>
   <si>
     <t>23-4604</t>
   </si>
   <si>
     <t>1000000046045</t>
   </si>
   <si>
     <t>339,33</t>
   </si>
   <si>
     <t>Пластилін з фігурками Дитинство 12 кольорів, 143 г</t>
   </si>
   <si>
     <t>23-4607</t>
   </si>
   <si>
     <t>1000000046076</t>
   </si>
   <si>
     <t>410,97</t>
   </si>
   <si>
     <t>Пластилін з фігурками Липун 12 кольорів, 149 г</t>
   </si>
   <si>
     <t>23-4622</t>
   </si>
   <si>
     <t>1000000046229</t>
-  </si>
-[...52 lines deleted...]
-    <t>28,77</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF1315F0"/>
       <name val="Calibri"/>
@@ -267,51 +225,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55a76c5ae2620e3d81695e6bd4f295bc1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92365f0fbe58fff7ebeeb0259580b112.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0787d8405bdfa571c49a1408aae936073.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4597487e2015e864438fc4076c8f32784.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a5bc7b0e1f2ed28e3090c93e4dba2065.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e5af69843e66af29e73db1fd9324d966.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/954846ed4f4aaaf5135f450682371b697.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd81587e3f473cdfaffc65ee2dbdbecf8.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8347fb076fc3f50355c24fe2ae5fcb51.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8eed161cd830edf81fa9f739a68d5e52.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b20f77e31158bcc04266acae9adedbe3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/179fd2be5ae2b16e4f619436cf454ad34.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b46bf1649859d3bf19f10e7709a8b5955.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -422,140 +380,50 @@
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...88 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -809,51 +677,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/catalog/12/povitryaniy-plastilin-optom/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K14"/>
+  <dimension ref="A1:K11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="5" max="5" width="28" customWidth="true" style="4"/>
     <col min="1" max="1" width="19" customWidth="true" style="0"/>
     <col min="2" max="2" width="60" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
@@ -996,123 +864,69 @@
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:11" customHeight="1" ht="71">
       <c r="A10"/>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
         <v>29</v>
       </c>
       <c r="E10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:11" customHeight="1" ht="71">
       <c r="A11"/>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
-[...53 lines deleted...]
-        <v>47</v>
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 