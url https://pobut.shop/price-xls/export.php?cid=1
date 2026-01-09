--- v0 (2025-11-22)
+++ v1 (2026-01-09)
@@ -31,192 +31,192 @@
     <sheet name="Товар" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Оптовий інтернет-магазин товарів POBUT</t>
   </si>
   <si>
     <t>Прайс має ознайомлювальний характер, замовлення приймаються тільки через сайт.</t>
   </si>
   <si>
     <t>Категорія:</t>
   </si>
   <si>
     <t>Мильні бульбашки оптом</t>
   </si>
   <si>
     <t>Дата:</t>
   </si>
   <si>
-    <t>22.11.2025</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>Час:</t>
   </si>
   <si>
-    <t>03:40</t>
+    <t>01:05</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Найменування</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Штрих-код</t>
   </si>
   <si>
     <t>Вид упаковки</t>
   </si>
   <si>
     <t>Ціна</t>
   </si>
   <si>
+    <t>Мильні бульбашки Качечки 12 см</t>
+  </si>
+  <si>
+    <t>23-838</t>
+  </si>
+  <si>
+    <t>1000000008388</t>
+  </si>
+  <si>
+    <t>Продається упаковками. В упаковці: 24 шт..</t>
+  </si>
+  <si>
+    <t>151,80</t>
+  </si>
+  <si>
+    <t>Мильні бульбашки Качечки 13,5 см</t>
+  </si>
+  <si>
+    <t>23-914</t>
+  </si>
+  <si>
+    <t>1000000009149</t>
+  </si>
+  <si>
+    <t>278,30</t>
+  </si>
+  <si>
+    <t>Мильні бульбашки Кролики 12 см</t>
+  </si>
+  <si>
+    <t>23-839</t>
+  </si>
+  <si>
+    <t>1000000008395</t>
+  </si>
+  <si>
+    <t>Мильні бульбашки Пончики 13,5 см</t>
+  </si>
+  <si>
+    <t>23-835</t>
+  </si>
+  <si>
+    <t>1000000008357</t>
+  </si>
+  <si>
+    <t>Мильні бульбашки Динозаврики 13,5 см</t>
+  </si>
+  <si>
+    <t>23-917</t>
+  </si>
+  <si>
+    <t>1000000009170</t>
+  </si>
+  <si>
+    <t>Мильні бульбашки Ведмедики 13,5 см</t>
+  </si>
+  <si>
+    <t>23-915</t>
+  </si>
+  <si>
+    <t>1000000009156</t>
+  </si>
+  <si>
+    <t>Мильні бульбашки Смайли 13,5 см</t>
+  </si>
+  <si>
+    <t>23-836</t>
+  </si>
+  <si>
+    <t>1000000008364</t>
+  </si>
+  <si>
     <t>Мильні бульбашки Шпага 45 см</t>
   </si>
   <si>
     <t>23-913</t>
   </si>
   <si>
     <t>1000000009132</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 16 шт..</t>
   </si>
   <si>
     <t>695,52</t>
   </si>
   <si>
-    <t>Мильні бульбашки Ведмедики 13,5 см</t>
-[...22 lines deleted...]
-  <si>
     <t>Мильні бульбашки Жираф 13,5 см</t>
   </si>
   <si>
     <t>23-916</t>
   </si>
   <si>
     <t>1000000009163</t>
   </si>
   <si>
     <t>Мильні бульбашки Єдиноріг 13,5 см</t>
   </si>
   <si>
     <t>23-918</t>
   </si>
   <si>
     <t>1000000009187</t>
   </si>
   <si>
     <t>Мильні бульбашки Людина-павук 12 см</t>
   </si>
   <si>
     <t>23-837</t>
   </si>
   <si>
     <t>1000000008371</t>
   </si>
   <si>
     <t>151,22</t>
-  </si>
-[...46 lines deleted...]
-    <t>1000000009170</t>
   </si>
   <si>
     <t>Ручні мильні бульбашки Звірята 10,8 см</t>
   </si>
   <si>
     <t>23-255</t>
   </si>
   <si>
     <t>1000000002553</t>
   </si>
   <si>
     <t>Продається упаковками. В упаковці: 1 шт..</t>
   </si>
   <si>
     <t>33,81</t>
   </si>
   <si>
     <t>Ручні мильні бульбашки Єдинороги 13,5 см</t>
   </si>
   <si>
     <t>23-254</t>
   </si>
   <si>
     <t>1000000002546</t>
   </si>
@@ -435,51 +435,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0054d55f3a47a8cb919fc58746b43cac1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4957fb79136d1bc1f84cbc8704f695342.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8356ee4d2e14cff64b5c1dfe80a25b833.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11fb4afd42970c26d552b501c75f364a4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c673ab341088358a604733dd22bd83305.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46a6d3b101fc0545ffb5da765aa270f86.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/405fd725fda7cd4894bc3b124aef83097.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4842a729d2a55bca5357179954f3f5f08.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c905a0832810ef30625225a1b5b5b14f9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de8e32c79d3dee337a65a4b66e437c1410.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94d4b744e8c33e44839d4bc1acf2410811.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ab366c2f45d17780d73adcc4e3babf012.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b03a4000cff5479cd3e77c38359685c13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667bec41053ba8447903ae2f10e04bb814.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35607ba8e5a12d167079e9f5c3225b2e15.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2052d7c44bde58a9acc490638856c4b916.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7cfeca12ab803d29a423cf90802eebc17.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0e4db1056bbcb1f713f881eed0aa418.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb9a2533d9563bf222f00a3bf13cb42319.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb323d13f074db0f859442c25526a61420.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ab2912886abd76cc7b8723fc640b1021.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39e8cbf297d5b027d360a4a28c16838022.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84f78521ecf08aa18e25cbebdb6182d723.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d889bacdc7d4cd174e27e3e87a45228624.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4625f28477665e35b28a865b6cce0ccc25.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387ce9c8798de73ccacae4ffe09fe54a26.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fb407fa63b05de72638e1882254aed71.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab89c8297088075de686c5deef0eb8e32.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfb7702662cb6ef072c37c7b95f305b93.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a42eee29df40f04fe9deb485eb0db0e4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fc5e2ef41d61cd58afeab1a1d0a524a5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df60e606f1f79ff327bee39d75f05acd6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77cb00c19a2e029be888ff28beb7128e7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a20475a4174bfa754105e9911545818.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32d6ff02c3c1fb39bc86129af5cd89609.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/121a6ef05dd9e51a2e9a8233a78bec0710.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90ddb05918c04e38849fb14ead0efe4e11.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b7b1dea5812c9dc411dfd8c5542fec12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd7e4c5c15e9cb6d00a6e8b6e3a6603c13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebdd0f7d372ddb62cc9fffcf9fd2afa714.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d5aa00fe604d30e47ce371a969c7bc315.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01a1728371ed3f6539aeae4c7ea3add616.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56c0097da022cd79ce73b62fd90d5baa17.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/685d30aac1264b3b8a49fe7d6c5f441718.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bdd94ebc01b74623102589786ae371719.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c13140744aeb1b5805684dbfa1ae180a20.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5a19311fb00a133d36e6f9eaac6432b21.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75b751cc10be5b3bbb73b6f05e7314d822.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c881c8710f88d5a51fcc3e07add65d5d23.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e40f24bb928846cb56b5d6b6011c3e5e24.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bdb0f4d0a98e56206d0bc3c7c22905325.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b3428f97184db62356bd2190a183bf826.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1190625" cy="838200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Photo" descr="Photo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1665,483 +1665,483 @@
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:11" customHeight="1" ht="71">
       <c r="A8"/>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:11" customHeight="1" ht="71">
       <c r="A9"/>
       <c r="B9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" t="s">
         <v>24</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>25</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:11" customHeight="1" ht="71">
       <c r="A10"/>
       <c r="B10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" t="s">
         <v>27</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>28</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:11" customHeight="1" ht="71">
       <c r="A11"/>
       <c r="B11" t="s">
+        <v>29</v>
+      </c>
+      <c r="C11" t="s">
         <v>30</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>31</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:11" customHeight="1" ht="71">
       <c r="A12"/>
       <c r="B12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" t="s">
         <v>33</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>34</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:11" customHeight="1" ht="71">
       <c r="A13"/>
       <c r="B13" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
         <v>37</v>
       </c>
-      <c r="C13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E13" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F13" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:11" customHeight="1" ht="71">
       <c r="A14"/>
       <c r="B14" t="s">
+        <v>38</v>
+      </c>
+      <c r="C14" t="s">
+        <v>39</v>
+      </c>
+      <c r="D14" t="s">
+        <v>40</v>
+      </c>
+      <c r="E14" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="C14" t="s">
+      <c r="F14" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:11" customHeight="1" ht="71">
       <c r="A15"/>
       <c r="B15" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" t="s">
         <v>44</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>45</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F15" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:11" customHeight="1" ht="71">
       <c r="A16"/>
       <c r="B16" t="s">
+        <v>46</v>
+      </c>
+      <c r="C16" t="s">
         <v>47</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>48</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F16" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:11" customHeight="1" ht="71">
       <c r="A17"/>
       <c r="B17" t="s">
+        <v>49</v>
+      </c>
+      <c r="C17" t="s">
         <v>50</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>51</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F17" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="71">
       <c r="A18"/>
       <c r="B18" t="s">
         <v>53</v>
       </c>
       <c r="C18" t="s">
         <v>54</v>
       </c>
       <c r="D18" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>56</v>
       </c>
       <c r="F18" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="71">
       <c r="A19"/>
       <c r="B19" t="s">
         <v>58</v>
       </c>
       <c r="C19" t="s">
         <v>59</v>
       </c>
       <c r="D19" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>56</v>
       </c>
       <c r="F19" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="20" spans="1:11" customHeight="1" ht="71">
       <c r="A20"/>
       <c r="B20" t="s">
         <v>62</v>
       </c>
       <c r="C20" t="s">
         <v>63</v>
       </c>
       <c r="D20" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F20" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="71">
       <c r="A21"/>
       <c r="B21" t="s">
         <v>66</v>
       </c>
       <c r="C21" t="s">
         <v>67</v>
       </c>
       <c r="D21" t="s">
         <v>68</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F21" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="71">
       <c r="A22"/>
       <c r="B22" t="s">
         <v>69</v>
       </c>
       <c r="C22" t="s">
         <v>70</v>
       </c>
       <c r="D22" t="s">
         <v>71</v>
       </c>
       <c r="E22" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="71">
       <c r="A23"/>
       <c r="B23" t="s">
         <v>72</v>
       </c>
       <c r="C23" t="s">
         <v>73</v>
       </c>
       <c r="D23" t="s">
         <v>74</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="71">
       <c r="A24"/>
       <c r="B24" t="s">
         <v>76</v>
       </c>
       <c r="C24" t="s">
         <v>77</v>
       </c>
       <c r="D24" t="s">
         <v>78</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F24" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="71">
       <c r="A25"/>
       <c r="B25" t="s">
         <v>79</v>
       </c>
       <c r="C25" t="s">
         <v>80</v>
       </c>
       <c r="D25" t="s">
         <v>81</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F25" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="71">
       <c r="A26"/>
       <c r="B26" t="s">
         <v>82</v>
       </c>
       <c r="C26" t="s">
         <v>83</v>
       </c>
       <c r="D26" t="s">
         <v>84</v>
       </c>
       <c r="E26" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F26" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="71">
       <c r="A27"/>
       <c r="B27" t="s">
         <v>85</v>
       </c>
       <c r="C27" t="s">
         <v>86</v>
       </c>
       <c r="D27" t="s">
         <v>87</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F27" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:11" customHeight="1" ht="71">
       <c r="A28"/>
       <c r="B28" t="s">
         <v>88</v>
       </c>
       <c r="C28" t="s">
         <v>89</v>
       </c>
       <c r="D28" t="s">
         <v>90</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F28" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="29" spans="1:11" customHeight="1" ht="71">
       <c r="A29"/>
       <c r="B29" t="s">
         <v>92</v>
       </c>
       <c r="C29" t="s">
         <v>93</v>
       </c>
       <c r="D29" t="s">
         <v>94</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F29" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="71">
       <c r="A30"/>
       <c r="B30" t="s">
         <v>95</v>
       </c>
       <c r="C30" t="s">
         <v>96</v>
       </c>
       <c r="D30" t="s">
         <v>97</v>
       </c>
       <c r="E30" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F30" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="31" spans="1:11" customHeight="1" ht="71">
       <c r="A31"/>
       <c r="B31" t="s">
         <v>98</v>
       </c>
       <c r="C31" t="s">
         <v>99</v>
       </c>
       <c r="D31" t="s">
         <v>100</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F31" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:11" customHeight="1" ht="71">
       <c r="A32"/>
       <c r="B32" t="s">
         <v>101</v>
       </c>
       <c r="C32" t="s">
         <v>102</v>
       </c>
       <c r="D32" t="s">
         <v>103</v>
       </c>
       <c r="E32" s="4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F32" t="s">
         <v>91</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>